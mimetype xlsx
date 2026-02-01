--- v0 (2026-02-01)
+++ v1 (2026-02-01)
@@ -120,329 +120,332 @@
   <si>
     <t>Bačinová Barbora</t>
   </si>
   <si>
     <t>U23Ž</t>
   </si>
   <si>
     <t>Pergreffi Luca</t>
   </si>
   <si>
     <t>Blecha Miroslav ml.</t>
   </si>
   <si>
     <t>Bartoš Jiří Ing.</t>
   </si>
   <si>
     <t>Pokorný Roman ml.</t>
   </si>
   <si>
     <t>U23</t>
   </si>
   <si>
     <t>Cajthaml Jaroslav</t>
   </si>
   <si>
+    <t>ČRS MO Česká Lípa MIVARDI</t>
+  </si>
+  <si>
+    <t>Samlík Libor</t>
+  </si>
+  <si>
+    <t>RSK Cortina Sensas</t>
+  </si>
+  <si>
+    <t>Pokorný Ondřej</t>
+  </si>
+  <si>
+    <t>Hanáček František</t>
+  </si>
+  <si>
+    <t>Kotlář Jindřich</t>
+  </si>
+  <si>
+    <t>ČRS MO Ostrava A</t>
+  </si>
+  <si>
+    <t>Flanderka Aleš</t>
+  </si>
+  <si>
+    <t>MO Kolín COLMIC</t>
+  </si>
+  <si>
+    <t>Melcher Miroslav</t>
+  </si>
+  <si>
+    <t>MIVARDI CZ</t>
+  </si>
+  <si>
+    <t>Nováčková Markéta Ing.</t>
+  </si>
+  <si>
+    <t>Ž</t>
+  </si>
+  <si>
+    <t>Bednařík Dušan</t>
+  </si>
+  <si>
+    <t>Bárta Jakub</t>
+  </si>
+  <si>
+    <t>MO Choceň - PŘEŠTICE - MIVARDI</t>
+  </si>
+  <si>
+    <t>Bartoš Jan Ing.</t>
+  </si>
+  <si>
+    <t>Maštera Vojtěch</t>
+  </si>
+  <si>
+    <t>Heidenreich Jan Ing.</t>
+  </si>
+  <si>
+    <t>MILO Loštice</t>
+  </si>
+  <si>
+    <t>Vocel Viktor</t>
+  </si>
+  <si>
+    <t>MO CRS Praha 10 - Vinohrady - MIVARDI</t>
+  </si>
+  <si>
+    <t>Konopásek Richard</t>
+  </si>
+  <si>
+    <t>RSK Pardubice "B" Pankrác - COLMIC</t>
+  </si>
+  <si>
+    <t>Görčöš Ivan</t>
+  </si>
+  <si>
+    <t>Koukal Michal</t>
+  </si>
+  <si>
+    <t>MO MRS Třebíč SENSAS</t>
+  </si>
+  <si>
+    <t>Kazatel Petr</t>
+  </si>
+  <si>
+    <t>Kosmák Josef</t>
+  </si>
+  <si>
+    <t>Foret Roman</t>
+  </si>
+  <si>
+    <t>Valda Martin</t>
+  </si>
+  <si>
+    <t>Žigo Ladislav Ing.</t>
+  </si>
+  <si>
+    <t>Matej Jiří</t>
+  </si>
+  <si>
+    <t>MO MRS Uherské Hradiště PRESTON</t>
+  </si>
+  <si>
+    <t>Volák Jiří Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Praha 4 - Nusle - MILO</t>
+  </si>
+  <si>
+    <t>Pokorný Alois RNDr.</t>
+  </si>
+  <si>
+    <t>Kostka Jan Ing.</t>
+  </si>
+  <si>
+    <t>U18</t>
+  </si>
+  <si>
+    <t>MO ČRS Jindřichův Hradec „B“ MILO</t>
+  </si>
+  <si>
+    <t>Enderes Jan</t>
+  </si>
+  <si>
+    <t>Havlíček Jaroslav</t>
+  </si>
+  <si>
+    <t>Purkrábková Hana</t>
+  </si>
+  <si>
+    <t>MO ČRS Plaňany COLMIC</t>
+  </si>
+  <si>
+    <t>Kolařík David Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Šumperk</t>
+  </si>
+  <si>
+    <t>Martínek Pavel</t>
+  </si>
+  <si>
+    <t>Team Browning CZ</t>
+  </si>
+  <si>
+    <t>Kolínek Miroslav Bc.</t>
+  </si>
+  <si>
+    <t>Oudrán Stanislav</t>
+  </si>
+  <si>
+    <t>MO CRS Smichov, Velka Chuchle - SENSAS</t>
+  </si>
+  <si>
+    <t>Hrazdil Jiří Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Loštice - MILO</t>
+  </si>
+  <si>
+    <t>Milewski Zbigniew</t>
+  </si>
+  <si>
+    <t>Novák Jan</t>
+  </si>
+  <si>
+    <t>Grešová Jana Bc.</t>
+  </si>
+  <si>
+    <t>MO Hradec Králové Mivardi A</t>
+  </si>
+  <si>
+    <t>Polívka Zdeněk</t>
+  </si>
+  <si>
+    <t>Žalud Oldřich Ing.</t>
+  </si>
+  <si>
+    <t>Ludvík Jiří</t>
+  </si>
+  <si>
+    <t>Krigler Richard</t>
+  </si>
+  <si>
+    <t>Michalovič Tomáš</t>
+  </si>
+  <si>
+    <t>ČRS MO Mohelnice MIVARDI-A</t>
+  </si>
+  <si>
+    <t>Kladrubský Michal</t>
+  </si>
+  <si>
+    <t>Flanderka Michal Ing.</t>
+  </si>
+  <si>
+    <t>Kuba Jiří</t>
+  </si>
+  <si>
+    <t>Šipoš Ladislav</t>
+  </si>
+  <si>
+    <t>MO ČRS Předměřice nad Jizerou - SENSAS</t>
+  </si>
+  <si>
+    <t>Lamač František</t>
+  </si>
+  <si>
+    <t>Heřmánek Tomáš</t>
+  </si>
+  <si>
+    <t>Bezega Michal</t>
+  </si>
+  <si>
+    <t>RSK Hrušovany nad Jevišovkou - Begastav</t>
+  </si>
+  <si>
+    <t>Zrůstek Martin Ing.</t>
+  </si>
+  <si>
+    <t>Kostka Jaroslav Ing.</t>
+  </si>
+  <si>
+    <t>Štiková Jana</t>
+  </si>
+  <si>
+    <t>Zahrádková Klára</t>
+  </si>
+  <si>
+    <t>U18Ž</t>
+  </si>
+  <si>
+    <t>MO ČRS Mělník - SENSAS</t>
+  </si>
+  <si>
+    <t>Mádle Karel</t>
+  </si>
+  <si>
+    <t>Hlavatý David</t>
+  </si>
+  <si>
+    <t>MO ČRS Hradec Králové B - Mivardi</t>
+  </si>
+  <si>
+    <t>Sitta Bohuslav</t>
+  </si>
+  <si>
+    <t>MO ČRS Litoměřice</t>
+  </si>
+  <si>
+    <t>Kubín Jiří</t>
+  </si>
+  <si>
+    <t>Janků Petr</t>
+  </si>
+  <si>
+    <t>Csernyanszká Pavlína</t>
+  </si>
+  <si>
+    <t>Pavka Martin Bc.</t>
+  </si>
+  <si>
+    <t>Maroušek Jan</t>
+  </si>
+  <si>
+    <t>Trübswasser Jan JUDr.</t>
+  </si>
+  <si>
+    <t>MO MRS JIHLAVA SENSAS</t>
+  </si>
+  <si>
+    <t>Práde Jaroslav</t>
+  </si>
+  <si>
+    <t>WURMA Štětí</t>
+  </si>
+  <si>
+    <t>Kolář Jan</t>
+  </si>
+  <si>
     <t>ČRS MO Louny MIVARDI</t>
   </si>
   <si>
-    <t>Samlík Libor</t>
-[...274 lines deleted...]
-  <si>
     <t>Štětina Petr</t>
   </si>
   <si>
     <t>Valchař Jakub Bc.</t>
   </si>
   <si>
     <t>Tőkőly Martin</t>
   </si>
   <si>
     <t>MO Havířov-MILO</t>
   </si>
   <si>
     <t>Freylich Václav Ing.</t>
   </si>
   <si>
     <t>Pykal Aleš</t>
   </si>
   <si>
     <t>Urban Jaroslav</t>
   </si>
   <si>
     <t>Toužimský Jakub</t>
   </si>
   <si>
     <t>Böhm Aleš</t>
@@ -469,53 +472,50 @@
     <t>Louda Václav</t>
   </si>
   <si>
     <t>Vysoký Antonín</t>
   </si>
   <si>
     <t>Burda David</t>
   </si>
   <si>
     <t>Veselý Jan</t>
   </si>
   <si>
     <t>Bělohoubek Štěpán</t>
   </si>
   <si>
     <t>Unreal Preston</t>
   </si>
   <si>
     <t>Pávek Martin</t>
   </si>
   <si>
     <t>Slavík Lukáš</t>
   </si>
   <si>
     <t>Šik Jaroslav</t>
-  </si>
-[...1 lines deleted...]
-    <t>ČRS MO Česká Lípa MIVARDI</t>
   </si>
   <si>
     <t>Hřídel Ladislav</t>
   </si>
   <si>
     <t>Jireček Miroslav</t>
   </si>
   <si>
     <t>Vyslyšel Vladimír ml.</t>
   </si>
   <si>
     <t>Prášek Pavel</t>
   </si>
   <si>
     <t>Hervert Jan</t>
   </si>
   <si>
     <t>Jonáš Libor</t>
   </si>
   <si>
     <t>ČRS Štětí MO</t>
   </si>
   <si>
     <t>Hurdálek Pavel</t>
   </si>
@@ -4140,689 +4140,689 @@
       </c>
       <c r="G78" s="9">
         <v>225</v>
       </c>
       <c r="H78" s="9">
         <v>225</v>
       </c>
       <c r="I78" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="4">
         <v>75</v>
       </c>
       <c r="B79" s="6">
         <v>2137</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>124</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>32</v>
+        <v>125</v>
       </c>
       <c r="F79" s="9">
         <v>14</v>
       </c>
       <c r="G79" s="9">
         <v>229</v>
       </c>
       <c r="H79" s="9">
         <v>223</v>
       </c>
       <c r="I79" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="4">
         <v>76</v>
       </c>
       <c r="B80" s="6">
         <v>2175</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F80" s="9">
         <v>12</v>
       </c>
       <c r="G80" s="9">
         <v>222</v>
       </c>
       <c r="H80" s="9">
         <v>222</v>
       </c>
       <c r="I80" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="4">
         <v>77</v>
       </c>
       <c r="B81" s="6">
         <v>2617</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F81" s="9">
         <v>22</v>
       </c>
       <c r="G81" s="9">
         <v>298</v>
       </c>
       <c r="H81" s="9">
         <v>221</v>
       </c>
       <c r="I81" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="4">
         <v>78</v>
       </c>
       <c r="B82" s="6">
         <v>1057</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F82" s="9">
         <v>12</v>
       </c>
       <c r="G82" s="9">
         <v>219</v>
       </c>
       <c r="H82" s="9">
         <v>219</v>
       </c>
       <c r="I82" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="4">
         <v>79</v>
       </c>
       <c r="B83" s="6">
         <v>124</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F83" s="9">
         <v>10</v>
       </c>
       <c r="G83" s="9">
         <v>218</v>
       </c>
       <c r="H83" s="9">
         <v>218</v>
       </c>
       <c r="I83" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="4">
         <v>80</v>
       </c>
       <c r="B84" s="6">
         <v>3045</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F84" s="9">
         <v>13</v>
       </c>
       <c r="G84" s="9">
         <v>219</v>
       </c>
       <c r="H84" s="9">
         <v>218</v>
       </c>
       <c r="I84" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="4">
         <v>81</v>
       </c>
       <c r="B85" s="6">
         <v>1827</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F85" s="9">
         <v>8</v>
       </c>
       <c r="G85" s="9">
         <v>215</v>
       </c>
       <c r="H85" s="9">
         <v>215</v>
       </c>
       <c r="I85" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="4">
         <v>82</v>
       </c>
       <c r="B86" s="6">
         <v>2552</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F86" s="9">
         <v>22</v>
       </c>
       <c r="G86" s="9">
         <v>308</v>
       </c>
       <c r="H86" s="9">
         <v>215</v>
       </c>
       <c r="I86" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="4">
         <v>83</v>
       </c>
       <c r="B87" s="6">
         <v>158</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>123</v>
       </c>
       <c r="F87" s="9">
         <v>12</v>
       </c>
       <c r="G87" s="9">
         <v>213</v>
       </c>
       <c r="H87" s="9">
         <v>213</v>
       </c>
       <c r="I87" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="4">
         <v>84</v>
       </c>
       <c r="B88" s="6">
         <v>2639</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F88" s="9">
         <v>17</v>
       </c>
       <c r="G88" s="9">
         <v>242</v>
       </c>
       <c r="H88" s="9">
         <v>212</v>
       </c>
       <c r="I88" s="9">
         <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="4">
         <v>85</v>
       </c>
       <c r="B89" s="6">
         <v>568</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F89" s="9">
         <v>10</v>
       </c>
       <c r="G89" s="9">
         <v>211</v>
       </c>
       <c r="H89" s="9">
         <v>211</v>
       </c>
       <c r="I89" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="4">
         <v>86</v>
       </c>
       <c r="B90" s="6">
         <v>2956</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F90" s="9">
         <v>14</v>
       </c>
       <c r="G90" s="9">
         <v>299</v>
       </c>
       <c r="H90" s="9">
         <v>210</v>
       </c>
       <c r="I90" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="4">
         <v>87</v>
       </c>
       <c r="B91" s="6">
         <v>1841</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F91" s="9">
         <v>12</v>
       </c>
       <c r="G91" s="9">
         <v>209</v>
       </c>
       <c r="H91" s="9">
         <v>209</v>
       </c>
       <c r="I91" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="4">
         <v>88</v>
       </c>
       <c r="B92" s="6">
         <v>1079</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>121</v>
       </c>
       <c r="F92" s="9">
         <v>9</v>
       </c>
       <c r="G92" s="9">
         <v>207</v>
       </c>
       <c r="H92" s="9">
         <v>207</v>
       </c>
       <c r="I92" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="4">
         <v>89</v>
       </c>
       <c r="B93" s="6">
         <v>2782</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F93" s="9">
         <v>14</v>
       </c>
       <c r="G93" s="9">
         <v>207</v>
       </c>
       <c r="H93" s="9">
         <v>207</v>
       </c>
       <c r="I93" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="4">
         <v>90</v>
       </c>
       <c r="B94" s="6">
         <v>1105</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>67</v>
       </c>
       <c r="F94" s="9">
         <v>12</v>
       </c>
       <c r="G94" s="9">
         <v>206</v>
       </c>
       <c r="H94" s="9">
         <v>206</v>
       </c>
       <c r="I94" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="4">
         <v>91</v>
       </c>
       <c r="B95" s="6">
         <v>3046</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F95" s="9">
         <v>14</v>
       </c>
       <c r="G95" s="9">
         <v>209</v>
       </c>
       <c r="H95" s="9">
         <v>205</v>
       </c>
       <c r="I95" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="4">
         <v>92</v>
       </c>
       <c r="B96" s="6">
         <v>1804</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F96" s="9">
         <v>16</v>
       </c>
       <c r="G96" s="9">
         <v>275</v>
       </c>
       <c r="H96" s="9">
         <v>204</v>
       </c>
       <c r="I96" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="4">
         <v>93</v>
       </c>
       <c r="B97" s="6">
         <v>3496</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F97" s="9">
         <v>13</v>
       </c>
       <c r="G97" s="9">
         <v>254</v>
       </c>
       <c r="H97" s="9">
         <v>203</v>
       </c>
       <c r="I97" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="4">
         <v>94</v>
       </c>
       <c r="B98" s="6">
         <v>569</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F98" s="9">
         <v>8</v>
       </c>
       <c r="G98" s="9">
         <v>201</v>
       </c>
       <c r="H98" s="9">
         <v>201</v>
       </c>
       <c r="I98" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="4">
         <v>95</v>
       </c>
       <c r="B99" s="6">
         <v>1423</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F99" s="9">
         <v>7</v>
       </c>
       <c r="G99" s="9">
         <v>200</v>
       </c>
       <c r="H99" s="9">
         <v>200</v>
       </c>
       <c r="I99" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>1319</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="F100" s="9">
         <v>10</v>
       </c>
       <c r="G100" s="9">
         <v>199</v>
       </c>
       <c r="H100" s="9">
         <v>199</v>
       </c>
       <c r="I100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="6">
         <v>286</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>32</v>
+        <v>125</v>
       </c>
       <c r="F101" s="9">
         <v>12</v>
       </c>
       <c r="G101" s="9">
         <v>199</v>
       </c>
       <c r="H101" s="9">
         <v>199</v>
       </c>
       <c r="I101" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
         <v>98</v>
       </c>
       <c r="B102" s="6">
         <v>1745</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D102" s="5" t="s">
@@ -4836,51 +4836,51 @@
       </c>
       <c r="G102" s="9">
         <v>197</v>
       </c>
       <c r="H102" s="9">
         <v>197</v>
       </c>
       <c r="I102" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="4">
         <v>99</v>
       </c>
       <c r="B103" s="6">
         <v>1133</v>
       </c>
       <c r="C103" s="7" t="s">
         <v>152</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F103" s="9">
         <v>12</v>
       </c>
       <c r="G103" s="9">
         <v>197</v>
       </c>
       <c r="H103" s="9">
         <v>197</v>
       </c>
       <c r="I103" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="4">
         <v>100</v>
       </c>
       <c r="B104" s="6">
         <v>28</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>153</v>
       </c>
       <c r="D104" s="5" t="s">
@@ -5126,51 +5126,51 @@
       </c>
       <c r="G112" s="9">
         <v>183</v>
       </c>
       <c r="H112" s="9">
         <v>183</v>
       </c>
       <c r="I112" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="4">
         <v>109</v>
       </c>
       <c r="B113" s="6">
         <v>2409</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>165</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F113" s="9">
         <v>10</v>
       </c>
       <c r="G113" s="9">
         <v>180</v>
       </c>
       <c r="H113" s="9">
         <v>180</v>
       </c>
       <c r="I113" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="4">
         <v>110</v>
       </c>
       <c r="B114" s="6">
         <v>2210</v>
       </c>
       <c r="C114" s="7" t="s">
         <v>166</v>
       </c>
       <c r="D114" s="5" t="s">
@@ -5213,51 +5213,51 @@
       </c>
       <c r="G115" s="9">
         <v>177</v>
       </c>
       <c r="H115" s="9">
         <v>177</v>
       </c>
       <c r="I115" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>1586</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>169</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>32</v>
+        <v>125</v>
       </c>
       <c r="F116" s="9">
         <v>6</v>
       </c>
       <c r="G116" s="9">
         <v>176</v>
       </c>
       <c r="H116" s="9">
         <v>176</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>2368</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>170</v>
       </c>
       <c r="D117" s="5" t="s">
@@ -5706,51 +5706,51 @@
       </c>
       <c r="G132" s="9">
         <v>154</v>
       </c>
       <c r="H132" s="9">
         <v>154</v>
       </c>
       <c r="I132" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="4">
         <v>129</v>
       </c>
       <c r="B133" s="6">
         <v>1143</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>189</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F133" s="9">
         <v>12</v>
       </c>
       <c r="G133" s="9">
         <v>151</v>
       </c>
       <c r="H133" s="9">
         <v>151</v>
       </c>
       <c r="I133" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="4">
         <v>130</v>
       </c>
       <c r="B134" s="6">
         <v>1241</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D134" s="5" t="s">
@@ -5938,51 +5938,51 @@
       </c>
       <c r="G140" s="9">
         <v>200</v>
       </c>
       <c r="H140" s="9">
         <v>144</v>
       </c>
       <c r="I140" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="4">
         <v>137</v>
       </c>
       <c r="B141" s="6">
         <v>1311</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>200</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="F141" s="9">
         <v>8</v>
       </c>
       <c r="G141" s="9">
         <v>141</v>
       </c>
       <c r="H141" s="9">
         <v>141</v>
       </c>
       <c r="I141" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="4">
         <v>138</v>
       </c>
       <c r="B142" s="6">
         <v>1462</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D142" s="5" t="s">
@@ -6634,51 +6634,51 @@
       </c>
       <c r="G164" s="9">
         <v>122</v>
       </c>
       <c r="H164" s="9">
         <v>122</v>
       </c>
       <c r="I164" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="4">
         <v>161</v>
       </c>
       <c r="B165" s="6">
         <v>912</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>224</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F165" s="9">
         <v>6</v>
       </c>
       <c r="G165" s="9">
         <v>119</v>
       </c>
       <c r="H165" s="9">
         <v>119</v>
       </c>
       <c r="I165" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="4">
         <v>162</v>
       </c>
       <c r="B166" s="6">
         <v>111</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>226</v>
       </c>
       <c r="D166" s="5" t="s">
@@ -6953,51 +6953,51 @@
       </c>
       <c r="G175" s="9">
         <v>106</v>
       </c>
       <c r="H175" s="9">
         <v>106</v>
       </c>
       <c r="I175" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="4">
         <v>172</v>
       </c>
       <c r="B176" s="6">
         <v>2651</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>236</v>
       </c>
       <c r="D176" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F176" s="9">
         <v>7</v>
       </c>
       <c r="G176" s="9">
         <v>106</v>
       </c>
       <c r="H176" s="9">
         <v>106</v>
       </c>
       <c r="I176" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="4">
         <v>173</v>
       </c>
       <c r="B177" s="6">
         <v>1398</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>237</v>
       </c>
       <c r="D177" s="5" t="s">
@@ -7040,51 +7040,51 @@
       </c>
       <c r="G178" s="9">
         <v>155</v>
       </c>
       <c r="H178" s="9">
         <v>104</v>
       </c>
       <c r="I178" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="4">
         <v>175</v>
       </c>
       <c r="B179" s="6">
         <v>2008</v>
       </c>
       <c r="C179" s="7" t="s">
         <v>239</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F179" s="9">
         <v>12</v>
       </c>
       <c r="G179" s="9">
         <v>104</v>
       </c>
       <c r="H179" s="9">
         <v>104</v>
       </c>
       <c r="I179" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="4">
         <v>176</v>
       </c>
       <c r="B180" s="6">
         <v>128</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>240</v>
       </c>
       <c r="D180" s="5" t="s">
@@ -7156,51 +7156,51 @@
       </c>
       <c r="G182" s="9">
         <v>99</v>
       </c>
       <c r="H182" s="9">
         <v>99</v>
       </c>
       <c r="I182" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="4">
         <v>179</v>
       </c>
       <c r="B183" s="6">
         <v>2652</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>243</v>
       </c>
       <c r="D183" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F183" s="9">
         <v>10</v>
       </c>
       <c r="G183" s="9">
         <v>98</v>
       </c>
       <c r="H183" s="9">
         <v>98</v>
       </c>
       <c r="I183" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="4">
         <v>180</v>
       </c>
       <c r="B184" s="6">
         <v>2704</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>244</v>
       </c>
       <c r="D184" s="5" t="s">
@@ -7214,51 +7214,51 @@
       </c>
       <c r="G184" s="9">
         <v>122</v>
       </c>
       <c r="H184" s="9">
         <v>98</v>
       </c>
       <c r="I184" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="4">
         <v>181</v>
       </c>
       <c r="B185" s="6">
         <v>489</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>245</v>
       </c>
       <c r="D185" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F185" s="9">
         <v>6</v>
       </c>
       <c r="G185" s="9">
         <v>97</v>
       </c>
       <c r="H185" s="9">
         <v>97</v>
       </c>
       <c r="I185" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="4">
         <v>182</v>
       </c>
       <c r="B186" s="6">
         <v>2003</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>246</v>
       </c>
       <c r="D186" s="5" t="s">
@@ -7359,51 +7359,51 @@
       </c>
       <c r="G189" s="9">
         <v>95</v>
       </c>
       <c r="H189" s="9">
         <v>95</v>
       </c>
       <c r="I189" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="4">
         <v>186</v>
       </c>
       <c r="B190" s="6">
         <v>2994</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>250</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F190" s="9">
         <v>4</v>
       </c>
       <c r="G190" s="9">
         <v>92</v>
       </c>
       <c r="H190" s="9">
         <v>92</v>
       </c>
       <c r="I190" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="4">
         <v>187</v>
       </c>
       <c r="B191" s="6">
         <v>2861</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D191" s="5" t="s">
@@ -7881,51 +7881,51 @@
       </c>
       <c r="G207" s="9">
         <v>78</v>
       </c>
       <c r="H207" s="9">
         <v>78</v>
       </c>
       <c r="I207" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="4">
         <v>204</v>
       </c>
       <c r="B208" s="6">
         <v>1058</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>277</v>
       </c>
       <c r="D208" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F208" s="9">
         <v>6</v>
       </c>
       <c r="G208" s="9">
         <v>78</v>
       </c>
       <c r="H208" s="9">
         <v>78</v>
       </c>
       <c r="I208" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="4">
         <v>205</v>
       </c>
       <c r="B209" s="6">
         <v>3245</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>278</v>
       </c>
       <c r="D209" s="5" t="s">
@@ -7968,51 +7968,51 @@
       </c>
       <c r="G210" s="9">
         <v>76</v>
       </c>
       <c r="H210" s="9">
         <v>76</v>
       </c>
       <c r="I210" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="4">
         <v>207</v>
       </c>
       <c r="B211" s="6">
         <v>3213</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>280</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F211" s="9">
         <v>4</v>
       </c>
       <c r="G211" s="9">
         <v>75</v>
       </c>
       <c r="H211" s="9">
         <v>75</v>
       </c>
       <c r="I211" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="4">
         <v>208</v>
       </c>
       <c r="B212" s="6">
         <v>3487</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>281</v>
       </c>
       <c r="D212" s="5" t="s">
@@ -8490,51 +8490,51 @@
       </c>
       <c r="G228" s="9">
         <v>64</v>
       </c>
       <c r="H228" s="9">
         <v>64</v>
       </c>
       <c r="I228" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="4">
         <v>225</v>
       </c>
       <c r="B229" s="6">
         <v>3161</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D229" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E229" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F229" s="9">
         <v>5</v>
       </c>
       <c r="G229" s="9">
         <v>64</v>
       </c>
       <c r="H229" s="9">
         <v>64</v>
       </c>
       <c r="I229" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="4">
         <v>226</v>
       </c>
       <c r="B230" s="6">
         <v>3398</v>
       </c>
       <c r="C230" s="5" t="s">
         <v>299</v>
       </c>
       <c r="D230" s="5" t="s">
@@ -8836,51 +8836,51 @@
       </c>
       <c r="G240" s="9">
         <v>57</v>
       </c>
       <c r="H240" s="9">
         <v>57</v>
       </c>
       <c r="I240" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="4">
         <v>237</v>
       </c>
       <c r="B241" s="6">
         <v>1055</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>315</v>
       </c>
       <c r="D241" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F241" s="9">
         <v>4</v>
       </c>
       <c r="G241" s="9">
         <v>57</v>
       </c>
       <c r="H241" s="9">
         <v>57</v>
       </c>
       <c r="I241" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="4">
         <v>238</v>
       </c>
       <c r="B242" s="6">
         <v>746</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>316</v>
       </c>
       <c r="D242" s="5" t="s">
@@ -9932,51 +9932,51 @@
       </c>
       <c r="G278" s="9">
         <v>41</v>
       </c>
       <c r="H278" s="9">
         <v>41</v>
       </c>
       <c r="I278" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="4">
         <v>275</v>
       </c>
       <c r="B279" s="6">
         <v>179</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>360</v>
       </c>
       <c r="D279" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>32</v>
+        <v>125</v>
       </c>
       <c r="F279" s="9">
         <v>2</v>
       </c>
       <c r="G279" s="9">
         <v>40</v>
       </c>
       <c r="H279" s="9">
         <v>40</v>
       </c>
       <c r="I279" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="4">
         <v>276</v>
       </c>
       <c r="B280" s="6">
         <v>956</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>361</v>
       </c>
       <c r="D280" s="5" t="s">
@@ -10075,51 +10075,51 @@
       </c>
       <c r="G283" s="9">
         <v>37</v>
       </c>
       <c r="H283" s="9">
         <v>37</v>
       </c>
       <c r="I283" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="4">
         <v>280</v>
       </c>
       <c r="B284" s="6">
         <v>1653</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>367</v>
       </c>
       <c r="D284" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F284" s="9">
         <v>4</v>
       </c>
       <c r="G284" s="9">
         <v>37</v>
       </c>
       <c r="H284" s="9">
         <v>37</v>
       </c>
       <c r="I284" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="4">
         <v>281</v>
       </c>
       <c r="B285" s="6">
         <v>3388</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>368</v>
       </c>
       <c r="D285" s="5" t="s">
@@ -10365,51 +10365,51 @@
       </c>
       <c r="G293" s="9">
         <v>31</v>
       </c>
       <c r="H293" s="9">
         <v>31</v>
       </c>
       <c r="I293" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="4">
         <v>290</v>
       </c>
       <c r="B294" s="6">
         <v>2009</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>381</v>
       </c>
       <c r="D294" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E294" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F294" s="9">
         <v>6</v>
       </c>
       <c r="G294" s="9">
         <v>31</v>
       </c>
       <c r="H294" s="9">
         <v>31</v>
       </c>
       <c r="I294" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="4">
         <v>291</v>
       </c>
       <c r="B295" s="6">
         <v>2240</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>382</v>
       </c>
       <c r="D295" s="5" t="s">
@@ -10452,51 +10452,51 @@
       </c>
       <c r="G296" s="9">
         <v>30</v>
       </c>
       <c r="H296" s="9">
         <v>30</v>
       </c>
       <c r="I296" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="4">
         <v>293</v>
       </c>
       <c r="B297" s="6">
         <v>2408</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>384</v>
       </c>
       <c r="D297" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E297" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F297" s="9">
         <v>2</v>
       </c>
       <c r="G297" s="9">
         <v>29</v>
       </c>
       <c r="H297" s="9">
         <v>29</v>
       </c>
       <c r="I297" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="4">
         <v>294</v>
       </c>
       <c r="B298" s="6">
         <v>141</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>385</v>
       </c>
       <c r="D298" s="5" t="s">
@@ -11347,51 +11347,51 @@
       </c>
       <c r="G327" s="9">
         <v>8</v>
       </c>
       <c r="H327" s="9">
         <v>8</v>
       </c>
       <c r="I327" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="4">
         <v>324</v>
       </c>
       <c r="B328" s="6">
         <v>3160</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>424</v>
       </c>
       <c r="D328" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F328" s="9">
         <v>2</v>
       </c>
       <c r="G328" s="9">
         <v>7</v>
       </c>
       <c r="H328" s="9">
         <v>7</v>
       </c>
       <c r="I328" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" s="4">
         <v>325</v>
       </c>
       <c r="B329" s="6">
         <v>822</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>425</v>
       </c>
       <c r="D329" s="5" t="s">
@@ -12462,80 +12462,80 @@
       </c>
       <c r="E14" s="8" t="s">
         <v>112</v>
       </c>
       <c r="F14" s="9">
         <v>24</v>
       </c>
       <c r="G14" s="9">
         <v>334</v>
       </c>
       <c r="H14" s="9">
         <v>254</v>
       </c>
       <c r="I14" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>1804</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F15" s="9">
         <v>16</v>
       </c>
       <c r="G15" s="9">
         <v>275</v>
       </c>
       <c r="H15" s="9">
         <v>251</v>
       </c>
       <c r="I15" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>2617</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F16" s="9">
         <v>22</v>
       </c>
       <c r="G16" s="9">
         <v>298</v>
       </c>
       <c r="H16" s="9">
         <v>244</v>
       </c>
       <c r="I16" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="6">
@@ -13193,51 +13193,51 @@
       </c>
       <c r="G39" s="9">
         <v>50</v>
       </c>
       <c r="H39" s="9">
         <v>50</v>
       </c>
       <c r="I39" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="4">
         <v>36</v>
       </c>
       <c r="B40" s="6">
         <v>1320</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>334</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>149</v>
+        <v>32</v>
       </c>
       <c r="F40" s="9">
         <v>2</v>
       </c>
       <c r="G40" s="9">
         <v>49</v>
       </c>
       <c r="H40" s="9">
         <v>49</v>
       </c>
       <c r="I40" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="4">
         <v>37</v>
       </c>
       <c r="B41" s="6">
         <v>2100</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>335</v>
       </c>
       <c r="D41" s="5" t="s">
@@ -13338,51 +13338,51 @@
       </c>
       <c r="G44" s="9">
         <v>35</v>
       </c>
       <c r="H44" s="9">
         <v>35</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
       <c r="B45" s="6">
         <v>3160</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>424</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F45" s="9">
         <v>2</v>
       </c>
       <c r="G45" s="9">
         <v>7</v>
       </c>
       <c r="H45" s="9">
         <v>7</v>
       </c>
       <c r="I45" s="9">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -13535,86 +13535,86 @@
       </c>
       <c r="E6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="9">
         <v>22</v>
       </c>
       <c r="G6" s="9">
         <v>433</v>
       </c>
       <c r="H6" s="9">
         <v>312</v>
       </c>
       <c r="I6" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6">
         <v>2956</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F7" s="9">
         <v>14</v>
       </c>
       <c r="G7" s="9">
         <v>299</v>
       </c>
       <c r="H7" s="9">
         <v>289</v>
       </c>
       <c r="I7" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="6">
         <v>3496</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F8" s="9">
         <v>13</v>
       </c>
       <c r="G8" s="9">
         <v>254</v>
       </c>
       <c r="H8" s="9">
         <v>251</v>
       </c>
       <c r="I8" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>2969</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>119</v>
       </c>
       <c r="D9" s="5" t="s">
@@ -13651,51 +13651,51 @@
       </c>
       <c r="E10" s="5" t="s">
         <v>109</v>
       </c>
       <c r="F10" s="9">
         <v>20</v>
       </c>
       <c r="G10" s="9">
         <v>319</v>
       </c>
       <c r="H10" s="9">
         <v>249</v>
       </c>
       <c r="I10" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>2552</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F11" s="9">
         <v>22</v>
       </c>
       <c r="G11" s="9">
         <v>308</v>
       </c>
       <c r="H11" s="9">
         <v>240</v>
       </c>
       <c r="I11" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
@@ -14237,51 +14237,51 @@
       </c>
       <c r="G30" s="9">
         <v>72</v>
       </c>
       <c r="H30" s="9">
         <v>72</v>
       </c>
       <c r="I30" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
       <c r="B31" s="6">
         <v>3161</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F31" s="9">
         <v>5</v>
       </c>
       <c r="G31" s="9">
         <v>64</v>
       </c>
       <c r="H31" s="9">
         <v>64</v>
       </c>
       <c r="I31" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
       <c r="B32" s="6">
         <v>2582</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>444</v>
       </c>
       <c r="D32" s="5" t="s">
@@ -15909,51 +15909,51 @@
       </c>
       <c r="G13" s="9">
         <v>67</v>
       </c>
       <c r="H13" s="9">
         <v>67</v>
       </c>
       <c r="I13" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>3161</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F14" s="9">
         <v>5</v>
       </c>
       <c r="G14" s="9">
         <v>64</v>
       </c>
       <c r="H14" s="9">
         <v>64</v>
       </c>
       <c r="I14" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>3300</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D15" s="5" t="s">