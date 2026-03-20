--- v1 (2026-02-01)
+++ v2 (2026-03-20)
@@ -399,123 +399,123 @@
   <si>
     <t>Csernyanszká Pavlína</t>
   </si>
   <si>
     <t>Pavka Martin Bc.</t>
   </si>
   <si>
     <t>Maroušek Jan</t>
   </si>
   <si>
     <t>Trübswasser Jan JUDr.</t>
   </si>
   <si>
     <t>MO MRS JIHLAVA SENSAS</t>
   </si>
   <si>
     <t>Práde Jaroslav</t>
   </si>
   <si>
     <t>WURMA Štětí</t>
   </si>
   <si>
     <t>Kolář Jan</t>
   </si>
   <si>
+    <t>Štětina Petr</t>
+  </si>
+  <si>
+    <t>Valchař Jakub Bc.</t>
+  </si>
+  <si>
+    <t>Tőkőly Martin</t>
+  </si>
+  <si>
+    <t>MO Havířov-MILO</t>
+  </si>
+  <si>
+    <t>Freylich Václav Ing.</t>
+  </si>
+  <si>
+    <t>Pykal Aleš</t>
+  </si>
+  <si>
+    <t>Urban Jaroslav</t>
+  </si>
+  <si>
+    <t>Toužimský Jakub</t>
+  </si>
+  <si>
+    <t>Böhm Aleš</t>
+  </si>
+  <si>
+    <t>Mais Jan</t>
+  </si>
+  <si>
+    <t>Skalický Karel ml.</t>
+  </si>
+  <si>
+    <t>Bárta Martin</t>
+  </si>
+  <si>
+    <t>Vyslyšel Vladimír st.</t>
+  </si>
+  <si>
+    <t>Plzeň 1A - MAVER</t>
+  </si>
+  <si>
+    <t>Horký Aleš Bc.</t>
+  </si>
+  <si>
+    <t>Louda Václav</t>
+  </si>
+  <si>
+    <t>Vysoký Antonín</t>
+  </si>
+  <si>
+    <t>Burda David</t>
+  </si>
+  <si>
+    <t>Veselý Jan</t>
+  </si>
+  <si>
+    <t>Bělohoubek Štěpán</t>
+  </si>
+  <si>
+    <t>Unreal Preston</t>
+  </si>
+  <si>
+    <t>Pávek Martin</t>
+  </si>
+  <si>
+    <t>Slavík Lukáš</t>
+  </si>
+  <si>
+    <t>Šik Jaroslav</t>
+  </si>
+  <si>
     <t>ČRS MO Louny MIVARDI</t>
-  </si>
-[...70 lines deleted...]
-    <t>Šik Jaroslav</t>
   </si>
   <si>
     <t>Hřídel Ladislav</t>
   </si>
   <si>
     <t>Jireček Miroslav</t>
   </si>
   <si>
     <t>Vyslyšel Vladimír ml.</t>
   </si>
   <si>
     <t>Prášek Pavel</t>
   </si>
   <si>
     <t>Hervert Jan</t>
   </si>
   <si>
     <t>Jonáš Libor</t>
   </si>
   <si>
     <t>ČRS Štětí MO</t>
   </si>
   <si>
     <t>Hurdálek Pavel</t>
   </si>
@@ -4140,689 +4140,689 @@
       </c>
       <c r="G78" s="9">
         <v>225</v>
       </c>
       <c r="H78" s="9">
         <v>225</v>
       </c>
       <c r="I78" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="4">
         <v>75</v>
       </c>
       <c r="B79" s="6">
         <v>2137</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>124</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="F79" s="9">
         <v>14</v>
       </c>
       <c r="G79" s="9">
         <v>229</v>
       </c>
       <c r="H79" s="9">
         <v>223</v>
       </c>
       <c r="I79" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="4">
         <v>76</v>
       </c>
       <c r="B80" s="6">
         <v>2175</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F80" s="9">
         <v>12</v>
       </c>
       <c r="G80" s="9">
         <v>222</v>
       </c>
       <c r="H80" s="9">
         <v>222</v>
       </c>
       <c r="I80" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="4">
         <v>77</v>
       </c>
       <c r="B81" s="6">
         <v>2617</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F81" s="9">
         <v>22</v>
       </c>
       <c r="G81" s="9">
         <v>298</v>
       </c>
       <c r="H81" s="9">
         <v>221</v>
       </c>
       <c r="I81" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="4">
         <v>78</v>
       </c>
       <c r="B82" s="6">
         <v>1057</v>
       </c>
       <c r="C82" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="5" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F82" s="9">
         <v>12</v>
       </c>
       <c r="G82" s="9">
         <v>219</v>
       </c>
       <c r="H82" s="9">
         <v>219</v>
       </c>
       <c r="I82" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="4">
         <v>79</v>
       </c>
       <c r="B83" s="6">
         <v>124</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F83" s="9">
         <v>10</v>
       </c>
       <c r="G83" s="9">
         <v>218</v>
       </c>
       <c r="H83" s="9">
         <v>218</v>
       </c>
       <c r="I83" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="4">
         <v>80</v>
       </c>
       <c r="B84" s="6">
         <v>3045</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F84" s="9">
         <v>13</v>
       </c>
       <c r="G84" s="9">
         <v>219</v>
       </c>
       <c r="H84" s="9">
         <v>218</v>
       </c>
       <c r="I84" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="4">
         <v>81</v>
       </c>
       <c r="B85" s="6">
         <v>1827</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F85" s="9">
         <v>8</v>
       </c>
       <c r="G85" s="9">
         <v>215</v>
       </c>
       <c r="H85" s="9">
         <v>215</v>
       </c>
       <c r="I85" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="4">
         <v>82</v>
       </c>
       <c r="B86" s="6">
         <v>2552</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F86" s="9">
         <v>22</v>
       </c>
       <c r="G86" s="9">
         <v>308</v>
       </c>
       <c r="H86" s="9">
         <v>215</v>
       </c>
       <c r="I86" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="4">
         <v>83</v>
       </c>
       <c r="B87" s="6">
         <v>158</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>123</v>
       </c>
       <c r="F87" s="9">
         <v>12</v>
       </c>
       <c r="G87" s="9">
         <v>213</v>
       </c>
       <c r="H87" s="9">
         <v>213</v>
       </c>
       <c r="I87" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="4">
         <v>84</v>
       </c>
       <c r="B88" s="6">
         <v>2639</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F88" s="9">
         <v>17</v>
       </c>
       <c r="G88" s="9">
         <v>242</v>
       </c>
       <c r="H88" s="9">
         <v>212</v>
       </c>
       <c r="I88" s="9">
         <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="4">
         <v>85</v>
       </c>
       <c r="B89" s="6">
         <v>568</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F89" s="9">
         <v>10</v>
       </c>
       <c r="G89" s="9">
         <v>211</v>
       </c>
       <c r="H89" s="9">
         <v>211</v>
       </c>
       <c r="I89" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="4">
         <v>86</v>
       </c>
       <c r="B90" s="6">
         <v>2956</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F90" s="9">
         <v>14</v>
       </c>
       <c r="G90" s="9">
         <v>299</v>
       </c>
       <c r="H90" s="9">
         <v>210</v>
       </c>
       <c r="I90" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="4">
         <v>87</v>
       </c>
       <c r="B91" s="6">
         <v>1841</v>
       </c>
       <c r="C91" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" s="5" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F91" s="9">
         <v>12</v>
       </c>
       <c r="G91" s="9">
         <v>209</v>
       </c>
       <c r="H91" s="9">
         <v>209</v>
       </c>
       <c r="I91" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="4">
         <v>88</v>
       </c>
       <c r="B92" s="6">
         <v>1079</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>121</v>
       </c>
       <c r="F92" s="9">
         <v>9</v>
       </c>
       <c r="G92" s="9">
         <v>207</v>
       </c>
       <c r="H92" s="9">
         <v>207</v>
       </c>
       <c r="I92" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="4">
         <v>89</v>
       </c>
       <c r="B93" s="6">
         <v>2782</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F93" s="9">
         <v>14</v>
       </c>
       <c r="G93" s="9">
         <v>207</v>
       </c>
       <c r="H93" s="9">
         <v>207</v>
       </c>
       <c r="I93" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="4">
         <v>90</v>
       </c>
       <c r="B94" s="6">
         <v>1105</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>67</v>
       </c>
       <c r="F94" s="9">
         <v>12</v>
       </c>
       <c r="G94" s="9">
         <v>206</v>
       </c>
       <c r="H94" s="9">
         <v>206</v>
       </c>
       <c r="I94" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="4">
         <v>91</v>
       </c>
       <c r="B95" s="6">
         <v>3046</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F95" s="9">
         <v>14</v>
       </c>
       <c r="G95" s="9">
         <v>209</v>
       </c>
       <c r="H95" s="9">
         <v>205</v>
       </c>
       <c r="I95" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="4">
         <v>92</v>
       </c>
       <c r="B96" s="6">
         <v>1804</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F96" s="9">
         <v>16</v>
       </c>
       <c r="G96" s="9">
         <v>275</v>
       </c>
       <c r="H96" s="9">
         <v>204</v>
       </c>
       <c r="I96" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="4">
         <v>93</v>
       </c>
       <c r="B97" s="6">
         <v>3496</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F97" s="9">
         <v>13</v>
       </c>
       <c r="G97" s="9">
         <v>254</v>
       </c>
       <c r="H97" s="9">
         <v>203</v>
       </c>
       <c r="I97" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="4">
         <v>94</v>
       </c>
       <c r="B98" s="6">
         <v>569</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F98" s="9">
         <v>8</v>
       </c>
       <c r="G98" s="9">
         <v>201</v>
       </c>
       <c r="H98" s="9">
         <v>201</v>
       </c>
       <c r="I98" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="4">
         <v>95</v>
       </c>
       <c r="B99" s="6">
         <v>1423</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F99" s="9">
         <v>7</v>
       </c>
       <c r="G99" s="9">
         <v>200</v>
       </c>
       <c r="H99" s="9">
         <v>200</v>
       </c>
       <c r="I99" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>1319</v>
       </c>
       <c r="C100" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="5" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F100" s="9">
         <v>10</v>
       </c>
       <c r="G100" s="9">
         <v>199</v>
       </c>
       <c r="H100" s="9">
         <v>199</v>
       </c>
       <c r="I100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="6">
         <v>286</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="F101" s="9">
         <v>12</v>
       </c>
       <c r="G101" s="9">
         <v>199</v>
       </c>
       <c r="H101" s="9">
         <v>199</v>
       </c>
       <c r="I101" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
         <v>98</v>
       </c>
       <c r="B102" s="6">
         <v>1745</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D102" s="5" t="s">
@@ -4836,51 +4836,51 @@
       </c>
       <c r="G102" s="9">
         <v>197</v>
       </c>
       <c r="H102" s="9">
         <v>197</v>
       </c>
       <c r="I102" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="4">
         <v>99</v>
       </c>
       <c r="B103" s="6">
         <v>1133</v>
       </c>
       <c r="C103" s="7" t="s">
         <v>152</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F103" s="9">
         <v>12</v>
       </c>
       <c r="G103" s="9">
         <v>197</v>
       </c>
       <c r="H103" s="9">
         <v>197</v>
       </c>
       <c r="I103" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="4">
         <v>100</v>
       </c>
       <c r="B104" s="6">
         <v>28</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>153</v>
       </c>
       <c r="D104" s="5" t="s">
@@ -5126,51 +5126,51 @@
       </c>
       <c r="G112" s="9">
         <v>183</v>
       </c>
       <c r="H112" s="9">
         <v>183</v>
       </c>
       <c r="I112" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="4">
         <v>109</v>
       </c>
       <c r="B113" s="6">
         <v>2409</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>165</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F113" s="9">
         <v>10</v>
       </c>
       <c r="G113" s="9">
         <v>180</v>
       </c>
       <c r="H113" s="9">
         <v>180</v>
       </c>
       <c r="I113" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="4">
         <v>110</v>
       </c>
       <c r="B114" s="6">
         <v>2210</v>
       </c>
       <c r="C114" s="7" t="s">
         <v>166</v>
       </c>
       <c r="D114" s="5" t="s">
@@ -5213,51 +5213,51 @@
       </c>
       <c r="G115" s="9">
         <v>177</v>
       </c>
       <c r="H115" s="9">
         <v>177</v>
       </c>
       <c r="I115" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>1586</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>169</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="F116" s="9">
         <v>6</v>
       </c>
       <c r="G116" s="9">
         <v>176</v>
       </c>
       <c r="H116" s="9">
         <v>176</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>2368</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>170</v>
       </c>
       <c r="D117" s="5" t="s">
@@ -5706,51 +5706,51 @@
       </c>
       <c r="G132" s="9">
         <v>154</v>
       </c>
       <c r="H132" s="9">
         <v>154</v>
       </c>
       <c r="I132" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="4">
         <v>129</v>
       </c>
       <c r="B133" s="6">
         <v>1143</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>189</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F133" s="9">
         <v>12</v>
       </c>
       <c r="G133" s="9">
         <v>151</v>
       </c>
       <c r="H133" s="9">
         <v>151</v>
       </c>
       <c r="I133" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="4">
         <v>130</v>
       </c>
       <c r="B134" s="6">
         <v>1241</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D134" s="5" t="s">
@@ -5938,51 +5938,51 @@
       </c>
       <c r="G140" s="9">
         <v>200</v>
       </c>
       <c r="H140" s="9">
         <v>144</v>
       </c>
       <c r="I140" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="4">
         <v>137</v>
       </c>
       <c r="B141" s="6">
         <v>1311</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>200</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="F141" s="9">
         <v>8</v>
       </c>
       <c r="G141" s="9">
         <v>141</v>
       </c>
       <c r="H141" s="9">
         <v>141</v>
       </c>
       <c r="I141" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="4">
         <v>138</v>
       </c>
       <c r="B142" s="6">
         <v>1462</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D142" s="5" t="s">
@@ -6634,51 +6634,51 @@
       </c>
       <c r="G164" s="9">
         <v>122</v>
       </c>
       <c r="H164" s="9">
         <v>122</v>
       </c>
       <c r="I164" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="4">
         <v>161</v>
       </c>
       <c r="B165" s="6">
         <v>912</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>224</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F165" s="9">
         <v>6</v>
       </c>
       <c r="G165" s="9">
         <v>119</v>
       </c>
       <c r="H165" s="9">
         <v>119</v>
       </c>
       <c r="I165" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="4">
         <v>162</v>
       </c>
       <c r="B166" s="6">
         <v>111</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>226</v>
       </c>
       <c r="D166" s="5" t="s">
@@ -6953,51 +6953,51 @@
       </c>
       <c r="G175" s="9">
         <v>106</v>
       </c>
       <c r="H175" s="9">
         <v>106</v>
       </c>
       <c r="I175" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="4">
         <v>172</v>
       </c>
       <c r="B176" s="6">
         <v>2651</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>236</v>
       </c>
       <c r="D176" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F176" s="9">
         <v>7</v>
       </c>
       <c r="G176" s="9">
         <v>106</v>
       </c>
       <c r="H176" s="9">
         <v>106</v>
       </c>
       <c r="I176" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="4">
         <v>173</v>
       </c>
       <c r="B177" s="6">
         <v>1398</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>237</v>
       </c>
       <c r="D177" s="5" t="s">
@@ -7040,51 +7040,51 @@
       </c>
       <c r="G178" s="9">
         <v>155</v>
       </c>
       <c r="H178" s="9">
         <v>104</v>
       </c>
       <c r="I178" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="4">
         <v>175</v>
       </c>
       <c r="B179" s="6">
         <v>2008</v>
       </c>
       <c r="C179" s="7" t="s">
         <v>239</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F179" s="9">
         <v>12</v>
       </c>
       <c r="G179" s="9">
         <v>104</v>
       </c>
       <c r="H179" s="9">
         <v>104</v>
       </c>
       <c r="I179" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="4">
         <v>176</v>
       </c>
       <c r="B180" s="6">
         <v>128</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>240</v>
       </c>
       <c r="D180" s="5" t="s">
@@ -7156,51 +7156,51 @@
       </c>
       <c r="G182" s="9">
         <v>99</v>
       </c>
       <c r="H182" s="9">
         <v>99</v>
       </c>
       <c r="I182" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="4">
         <v>179</v>
       </c>
       <c r="B183" s="6">
         <v>2652</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>243</v>
       </c>
       <c r="D183" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F183" s="9">
         <v>10</v>
       </c>
       <c r="G183" s="9">
         <v>98</v>
       </c>
       <c r="H183" s="9">
         <v>98</v>
       </c>
       <c r="I183" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="4">
         <v>180</v>
       </c>
       <c r="B184" s="6">
         <v>2704</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>244</v>
       </c>
       <c r="D184" s="5" t="s">
@@ -7214,51 +7214,51 @@
       </c>
       <c r="G184" s="9">
         <v>122</v>
       </c>
       <c r="H184" s="9">
         <v>98</v>
       </c>
       <c r="I184" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="4">
         <v>181</v>
       </c>
       <c r="B185" s="6">
         <v>489</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>245</v>
       </c>
       <c r="D185" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F185" s="9">
         <v>6</v>
       </c>
       <c r="G185" s="9">
         <v>97</v>
       </c>
       <c r="H185" s="9">
         <v>97</v>
       </c>
       <c r="I185" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="4">
         <v>182</v>
       </c>
       <c r="B186" s="6">
         <v>2003</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>246</v>
       </c>
       <c r="D186" s="5" t="s">
@@ -7359,51 +7359,51 @@
       </c>
       <c r="G189" s="9">
         <v>95</v>
       </c>
       <c r="H189" s="9">
         <v>95</v>
       </c>
       <c r="I189" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="4">
         <v>186</v>
       </c>
       <c r="B190" s="6">
         <v>2994</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>250</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F190" s="9">
         <v>4</v>
       </c>
       <c r="G190" s="9">
         <v>92</v>
       </c>
       <c r="H190" s="9">
         <v>92</v>
       </c>
       <c r="I190" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="4">
         <v>187</v>
       </c>
       <c r="B191" s="6">
         <v>2861</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D191" s="5" t="s">
@@ -7881,51 +7881,51 @@
       </c>
       <c r="G207" s="9">
         <v>78</v>
       </c>
       <c r="H207" s="9">
         <v>78</v>
       </c>
       <c r="I207" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="4">
         <v>204</v>
       </c>
       <c r="B208" s="6">
         <v>1058</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>277</v>
       </c>
       <c r="D208" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F208" s="9">
         <v>6</v>
       </c>
       <c r="G208" s="9">
         <v>78</v>
       </c>
       <c r="H208" s="9">
         <v>78</v>
       </c>
       <c r="I208" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="4">
         <v>205</v>
       </c>
       <c r="B209" s="6">
         <v>3245</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>278</v>
       </c>
       <c r="D209" s="5" t="s">
@@ -7968,51 +7968,51 @@
       </c>
       <c r="G210" s="9">
         <v>76</v>
       </c>
       <c r="H210" s="9">
         <v>76</v>
       </c>
       <c r="I210" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="4">
         <v>207</v>
       </c>
       <c r="B211" s="6">
         <v>3213</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>280</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F211" s="9">
         <v>4</v>
       </c>
       <c r="G211" s="9">
         <v>75</v>
       </c>
       <c r="H211" s="9">
         <v>75</v>
       </c>
       <c r="I211" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="4">
         <v>208</v>
       </c>
       <c r="B212" s="6">
         <v>3487</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>281</v>
       </c>
       <c r="D212" s="5" t="s">
@@ -8490,51 +8490,51 @@
       </c>
       <c r="G228" s="9">
         <v>64</v>
       </c>
       <c r="H228" s="9">
         <v>64</v>
       </c>
       <c r="I228" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="4">
         <v>225</v>
       </c>
       <c r="B229" s="6">
         <v>3161</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D229" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E229" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F229" s="9">
         <v>5</v>
       </c>
       <c r="G229" s="9">
         <v>64</v>
       </c>
       <c r="H229" s="9">
         <v>64</v>
       </c>
       <c r="I229" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="4">
         <v>226</v>
       </c>
       <c r="B230" s="6">
         <v>3398</v>
       </c>
       <c r="C230" s="5" t="s">
         <v>299</v>
       </c>
       <c r="D230" s="5" t="s">
@@ -8836,51 +8836,51 @@
       </c>
       <c r="G240" s="9">
         <v>57</v>
       </c>
       <c r="H240" s="9">
         <v>57</v>
       </c>
       <c r="I240" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="4">
         <v>237</v>
       </c>
       <c r="B241" s="6">
         <v>1055</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>315</v>
       </c>
       <c r="D241" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F241" s="9">
         <v>4</v>
       </c>
       <c r="G241" s="9">
         <v>57</v>
       </c>
       <c r="H241" s="9">
         <v>57</v>
       </c>
       <c r="I241" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="4">
         <v>238</v>
       </c>
       <c r="B242" s="6">
         <v>746</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>316</v>
       </c>
       <c r="D242" s="5" t="s">
@@ -9354,51 +9354,51 @@
       </c>
       <c r="G258" s="9">
         <v>50</v>
       </c>
       <c r="H258" s="9">
         <v>50</v>
       </c>
       <c r="I258" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="4">
         <v>255</v>
       </c>
       <c r="B259" s="6">
         <v>1320</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>334</v>
       </c>
       <c r="D259" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>32</v>
+        <v>149</v>
       </c>
       <c r="F259" s="9">
         <v>2</v>
       </c>
       <c r="G259" s="9">
         <v>49</v>
       </c>
       <c r="H259" s="9">
         <v>49</v>
       </c>
       <c r="I259" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="4">
         <v>256</v>
       </c>
       <c r="B260" s="6">
         <v>2100</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>335</v>
       </c>
       <c r="D260" s="5" t="s">
@@ -9932,51 +9932,51 @@
       </c>
       <c r="G278" s="9">
         <v>41</v>
       </c>
       <c r="H278" s="9">
         <v>41</v>
       </c>
       <c r="I278" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="4">
         <v>275</v>
       </c>
       <c r="B279" s="6">
         <v>179</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>360</v>
       </c>
       <c r="D279" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="F279" s="9">
         <v>2</v>
       </c>
       <c r="G279" s="9">
         <v>40</v>
       </c>
       <c r="H279" s="9">
         <v>40</v>
       </c>
       <c r="I279" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="4">
         <v>276</v>
       </c>
       <c r="B280" s="6">
         <v>956</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>361</v>
       </c>
       <c r="D280" s="5" t="s">
@@ -10075,51 +10075,51 @@
       </c>
       <c r="G283" s="9">
         <v>37</v>
       </c>
       <c r="H283" s="9">
         <v>37</v>
       </c>
       <c r="I283" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="4">
         <v>280</v>
       </c>
       <c r="B284" s="6">
         <v>1653</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>367</v>
       </c>
       <c r="D284" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F284" s="9">
         <v>4</v>
       </c>
       <c r="G284" s="9">
         <v>37</v>
       </c>
       <c r="H284" s="9">
         <v>37</v>
       </c>
       <c r="I284" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="4">
         <v>281</v>
       </c>
       <c r="B285" s="6">
         <v>3388</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>368</v>
       </c>
       <c r="D285" s="5" t="s">
@@ -10365,51 +10365,51 @@
       </c>
       <c r="G293" s="9">
         <v>31</v>
       </c>
       <c r="H293" s="9">
         <v>31</v>
       </c>
       <c r="I293" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="4">
         <v>290</v>
       </c>
       <c r="B294" s="6">
         <v>2009</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>381</v>
       </c>
       <c r="D294" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E294" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F294" s="9">
         <v>6</v>
       </c>
       <c r="G294" s="9">
         <v>31</v>
       </c>
       <c r="H294" s="9">
         <v>31</v>
       </c>
       <c r="I294" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="4">
         <v>291</v>
       </c>
       <c r="B295" s="6">
         <v>2240</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>382</v>
       </c>
       <c r="D295" s="5" t="s">
@@ -10452,51 +10452,51 @@
       </c>
       <c r="G296" s="9">
         <v>30</v>
       </c>
       <c r="H296" s="9">
         <v>30</v>
       </c>
       <c r="I296" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="4">
         <v>293</v>
       </c>
       <c r="B297" s="6">
         <v>2408</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>384</v>
       </c>
       <c r="D297" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E297" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F297" s="9">
         <v>2</v>
       </c>
       <c r="G297" s="9">
         <v>29</v>
       </c>
       <c r="H297" s="9">
         <v>29</v>
       </c>
       <c r="I297" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="4">
         <v>294</v>
       </c>
       <c r="B298" s="6">
         <v>141</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>385</v>
       </c>
       <c r="D298" s="5" t="s">
@@ -11347,51 +11347,51 @@
       </c>
       <c r="G327" s="9">
         <v>8</v>
       </c>
       <c r="H327" s="9">
         <v>8</v>
       </c>
       <c r="I327" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="4">
         <v>324</v>
       </c>
       <c r="B328" s="6">
         <v>3160</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>424</v>
       </c>
       <c r="D328" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F328" s="9">
         <v>2</v>
       </c>
       <c r="G328" s="9">
         <v>7</v>
       </c>
       <c r="H328" s="9">
         <v>7</v>
       </c>
       <c r="I328" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" s="4">
         <v>325</v>
       </c>
       <c r="B329" s="6">
         <v>822</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>425</v>
       </c>
       <c r="D329" s="5" t="s">
@@ -12462,80 +12462,80 @@
       </c>
       <c r="E14" s="8" t="s">
         <v>112</v>
       </c>
       <c r="F14" s="9">
         <v>24</v>
       </c>
       <c r="G14" s="9">
         <v>334</v>
       </c>
       <c r="H14" s="9">
         <v>254</v>
       </c>
       <c r="I14" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>1804</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F15" s="9">
         <v>16</v>
       </c>
       <c r="G15" s="9">
         <v>275</v>
       </c>
       <c r="H15" s="9">
         <v>251</v>
       </c>
       <c r="I15" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>2617</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F16" s="9">
         <v>22</v>
       </c>
       <c r="G16" s="9">
         <v>298</v>
       </c>
       <c r="H16" s="9">
         <v>244</v>
       </c>
       <c r="I16" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="6">
@@ -13338,51 +13338,51 @@
       </c>
       <c r="G44" s="9">
         <v>35</v>
       </c>
       <c r="H44" s="9">
         <v>35</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
       <c r="B45" s="6">
         <v>3160</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>424</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F45" s="9">
         <v>2</v>
       </c>
       <c r="G45" s="9">
         <v>7</v>
       </c>
       <c r="H45" s="9">
         <v>7</v>
       </c>
       <c r="I45" s="9">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -13535,86 +13535,86 @@
       </c>
       <c r="E6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="9">
         <v>22</v>
       </c>
       <c r="G6" s="9">
         <v>433</v>
       </c>
       <c r="H6" s="9">
         <v>312</v>
       </c>
       <c r="I6" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6">
         <v>2956</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F7" s="9">
         <v>14</v>
       </c>
       <c r="G7" s="9">
         <v>299</v>
       </c>
       <c r="H7" s="9">
         <v>289</v>
       </c>
       <c r="I7" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="6">
         <v>3496</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F8" s="9">
         <v>13</v>
       </c>
       <c r="G8" s="9">
         <v>254</v>
       </c>
       <c r="H8" s="9">
         <v>251</v>
       </c>
       <c r="I8" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>2969</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>119</v>
       </c>
       <c r="D9" s="5" t="s">
@@ -13651,51 +13651,51 @@
       </c>
       <c r="E10" s="5" t="s">
         <v>109</v>
       </c>
       <c r="F10" s="9">
         <v>20</v>
       </c>
       <c r="G10" s="9">
         <v>319</v>
       </c>
       <c r="H10" s="9">
         <v>249</v>
       </c>
       <c r="I10" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>2552</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F11" s="9">
         <v>22</v>
       </c>
       <c r="G11" s="9">
         <v>308</v>
       </c>
       <c r="H11" s="9">
         <v>240</v>
       </c>
       <c r="I11" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
@@ -14237,51 +14237,51 @@
       </c>
       <c r="G30" s="9">
         <v>72</v>
       </c>
       <c r="H30" s="9">
         <v>72</v>
       </c>
       <c r="I30" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
       <c r="B31" s="6">
         <v>3161</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F31" s="9">
         <v>5</v>
       </c>
       <c r="G31" s="9">
         <v>64</v>
       </c>
       <c r="H31" s="9">
         <v>64</v>
       </c>
       <c r="I31" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
       <c r="B32" s="6">
         <v>2582</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>444</v>
       </c>
       <c r="D32" s="5" t="s">
@@ -15909,51 +15909,51 @@
       </c>
       <c r="G13" s="9">
         <v>67</v>
       </c>
       <c r="H13" s="9">
         <v>67</v>
       </c>
       <c r="I13" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>3161</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F14" s="9">
         <v>5</v>
       </c>
       <c r="G14" s="9">
         <v>64</v>
       </c>
       <c r="H14" s="9">
         <v>64</v>
       </c>
       <c r="I14" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>3300</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D15" s="5" t="s">