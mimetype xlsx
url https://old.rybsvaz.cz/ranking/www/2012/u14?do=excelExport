--- v0 (2025-12-12)
+++ v1 (2026-01-31)
@@ -339,183 +339,183 @@
   <si>
     <t>Kuba Jiří</t>
   </si>
   <si>
     <t>Šipoš Ladislav</t>
   </si>
   <si>
     <t>MO ČRS Předměřice nad Jizerou - SENSAS</t>
   </si>
   <si>
     <t>Lamač František</t>
   </si>
   <si>
     <t>Heřmánek Tomáš</t>
   </si>
   <si>
     <t>Bezega Michal</t>
   </si>
   <si>
     <t>RSK Hrušovany nad Jevišovkou - Begastav</t>
   </si>
   <si>
     <t>Zrůstek Martin Ing.</t>
   </si>
   <si>
+    <t>Kostka Jaroslav Ing.</t>
+  </si>
+  <si>
+    <t>Štiková Jana</t>
+  </si>
+  <si>
+    <t>Zahrádková Klára</t>
+  </si>
+  <si>
+    <t>U18Ž</t>
+  </si>
+  <si>
+    <t>MO ČRS Mělník - SENSAS</t>
+  </si>
+  <si>
+    <t>Mádle Karel</t>
+  </si>
+  <si>
+    <t>Hlavatý David</t>
+  </si>
+  <si>
+    <t>MO ČRS Hradec Králové B - Mivardi</t>
+  </si>
+  <si>
+    <t>Sitta Bohuslav</t>
+  </si>
+  <si>
+    <t>MO ČRS Litoměřice</t>
+  </si>
+  <si>
+    <t>Kubín Jiří</t>
+  </si>
+  <si>
+    <t>Janků Petr</t>
+  </si>
+  <si>
+    <t>Csernyanszká Pavlína</t>
+  </si>
+  <si>
+    <t>Pavka Martin Bc.</t>
+  </si>
+  <si>
+    <t>Maroušek Jan</t>
+  </si>
+  <si>
+    <t>Trübswasser Jan JUDr.</t>
+  </si>
+  <si>
+    <t>MO MRS JIHLAVA SENSAS</t>
+  </si>
+  <si>
+    <t>Práde Jaroslav</t>
+  </si>
+  <si>
+    <t>WURMA Štětí</t>
+  </si>
+  <si>
+    <t>Kolář Jan</t>
+  </si>
+  <si>
+    <t>Štětina Petr</t>
+  </si>
+  <si>
+    <t>Valchař Jakub Bc.</t>
+  </si>
+  <si>
+    <t>Tőkőly Martin</t>
+  </si>
+  <si>
+    <t>MO Havířov-MILO</t>
+  </si>
+  <si>
+    <t>Freylich Václav Ing.</t>
+  </si>
+  <si>
+    <t>Pykal Aleš</t>
+  </si>
+  <si>
+    <t>Urban Jaroslav</t>
+  </si>
+  <si>
+    <t>Toužimský Jakub</t>
+  </si>
+  <si>
+    <t>Böhm Aleš</t>
+  </si>
+  <si>
+    <t>Mais Jan</t>
+  </si>
+  <si>
+    <t>Skalický Karel ml.</t>
+  </si>
+  <si>
+    <t>Bárta Martin</t>
+  </si>
+  <si>
+    <t>Vyslyšel Vladimír st.</t>
+  </si>
+  <si>
+    <t>Plzeň 1A - MAVER</t>
+  </si>
+  <si>
+    <t>Horký Aleš Bc.</t>
+  </si>
+  <si>
+    <t>Louda Václav</t>
+  </si>
+  <si>
+    <t>Vysoký Antonín</t>
+  </si>
+  <si>
+    <t>Burda David</t>
+  </si>
+  <si>
+    <t>Veselý Jan</t>
+  </si>
+  <si>
+    <t>Bělohoubek Štěpán</t>
+  </si>
+  <si>
+    <t>Unreal Preston</t>
+  </si>
+  <si>
+    <t>Pávek Martin</t>
+  </si>
+  <si>
+    <t>Slavík Lukáš</t>
+  </si>
+  <si>
+    <t>Šik Jaroslav</t>
+  </si>
+  <si>
     <t>ČRS MO Louny MIVARDI</t>
-  </si>
-[...130 lines deleted...]
-    <t>Šik Jaroslav</t>
   </si>
   <si>
     <t>Hřídel Ladislav</t>
   </si>
   <si>
     <t>Jireček Miroslav</t>
   </si>
   <si>
     <t>Vyslyšel Vladimír ml.</t>
   </si>
   <si>
     <t>Prášek Pavel</t>
   </si>
   <si>
     <t>Hervert Jan</t>
   </si>
   <si>
     <t>Jonáš Libor</t>
   </si>
   <si>
     <t>ČRS Štětí MO</t>
   </si>
   <si>
     <t>Hurdálek Pavel</t>
   </si>
@@ -3734,1095 +3734,1095 @@
       </c>
       <c r="G64" s="9">
         <v>275</v>
       </c>
       <c r="H64" s="9">
         <v>251</v>
       </c>
       <c r="I64" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="4">
         <v>61</v>
       </c>
       <c r="B65" s="6">
         <v>287</v>
       </c>
       <c r="C65" s="7" t="s">
         <v>104</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="F65" s="9">
         <v>14</v>
       </c>
       <c r="G65" s="9">
         <v>258</v>
       </c>
       <c r="H65" s="9">
         <v>250</v>
       </c>
       <c r="I65" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="4">
         <v>62</v>
       </c>
       <c r="B66" s="6">
         <v>21</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="8" t="s">
         <v>71</v>
       </c>
       <c r="F66" s="9">
         <v>16</v>
       </c>
       <c r="G66" s="9">
         <v>267</v>
       </c>
       <c r="H66" s="9">
         <v>246</v>
       </c>
       <c r="I66" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="4">
         <v>63</v>
       </c>
       <c r="B67" s="6">
         <v>1100</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E67" s="8" t="s">
         <v>82</v>
       </c>
       <c r="F67" s="9">
         <v>16</v>
       </c>
       <c r="G67" s="9">
         <v>255</v>
       </c>
       <c r="H67" s="9">
         <v>242</v>
       </c>
       <c r="I67" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="4">
         <v>64</v>
       </c>
       <c r="B68" s="6">
         <v>1929</v>
       </c>
       <c r="C68" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D68" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="D68" s="5" t="s">
+      <c r="E68" s="5" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F68" s="9">
         <v>20</v>
       </c>
       <c r="G68" s="9">
         <v>319</v>
       </c>
       <c r="H68" s="9">
         <v>241</v>
       </c>
       <c r="I68" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="4">
         <v>65</v>
       </c>
       <c r="B69" s="6">
         <v>1805</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>51</v>
       </c>
       <c r="F69" s="9">
         <v>21</v>
       </c>
       <c r="G69" s="9">
         <v>303</v>
       </c>
       <c r="H69" s="9">
         <v>240</v>
       </c>
       <c r="I69" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="4">
         <v>66</v>
       </c>
       <c r="B70" s="6">
         <v>1997</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="8" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F70" s="9">
         <v>12</v>
       </c>
       <c r="G70" s="9">
         <v>237</v>
       </c>
       <c r="H70" s="9">
         <v>237</v>
       </c>
       <c r="I70" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="4">
         <v>67</v>
       </c>
       <c r="B71" s="6">
         <v>201</v>
       </c>
       <c r="C71" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="5" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F71" s="9">
         <v>14</v>
       </c>
       <c r="G71" s="9">
         <v>249</v>
       </c>
       <c r="H71" s="9">
         <v>237</v>
       </c>
       <c r="I71" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="4">
         <v>68</v>
       </c>
       <c r="B72" s="6">
         <v>1065</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="8" t="s">
         <v>53</v>
       </c>
       <c r="F72" s="9">
         <v>12</v>
       </c>
       <c r="G72" s="9">
         <v>233</v>
       </c>
       <c r="H72" s="9">
         <v>233</v>
       </c>
       <c r="I72" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="4">
         <v>69</v>
       </c>
       <c r="B73" s="6">
         <v>1060</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="8" t="s">
         <v>53</v>
       </c>
       <c r="F73" s="9">
         <v>10</v>
       </c>
       <c r="G73" s="9">
         <v>232</v>
       </c>
       <c r="H73" s="9">
         <v>232</v>
       </c>
       <c r="I73" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="4">
         <v>70</v>
       </c>
       <c r="B74" s="6">
         <v>6401</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E74" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F74" s="9">
         <v>24</v>
       </c>
       <c r="G74" s="9">
         <v>334</v>
       </c>
       <c r="H74" s="9">
         <v>232</v>
       </c>
       <c r="I74" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="4">
         <v>71</v>
       </c>
       <c r="B75" s="6">
         <v>557</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F75" s="9">
         <v>17</v>
       </c>
       <c r="G75" s="9">
         <v>242</v>
       </c>
       <c r="H75" s="9">
         <v>230</v>
       </c>
       <c r="I75" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="4">
         <v>72</v>
       </c>
       <c r="B76" s="6">
         <v>2969</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E76" s="8" t="s">
         <v>82</v>
       </c>
       <c r="F76" s="9">
         <v>22</v>
       </c>
       <c r="G76" s="9">
         <v>361</v>
       </c>
       <c r="H76" s="9">
         <v>228</v>
       </c>
       <c r="I76" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="4">
         <v>73</v>
       </c>
       <c r="B77" s="6">
         <v>109</v>
       </c>
       <c r="C77" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="5" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F77" s="9">
         <v>12</v>
       </c>
       <c r="G77" s="9">
         <v>226</v>
       </c>
       <c r="H77" s="9">
         <v>226</v>
       </c>
       <c r="I77" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="4">
         <v>74</v>
       </c>
       <c r="B78" s="6">
         <v>142</v>
       </c>
       <c r="C78" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" s="5" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F78" s="9">
         <v>12</v>
       </c>
       <c r="G78" s="9">
         <v>225</v>
       </c>
       <c r="H78" s="9">
         <v>225</v>
       </c>
       <c r="I78" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="4">
         <v>75</v>
       </c>
       <c r="B79" s="6">
         <v>2137</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="F79" s="9">
         <v>14</v>
       </c>
       <c r="G79" s="9">
         <v>229</v>
       </c>
       <c r="H79" s="9">
         <v>223</v>
       </c>
       <c r="I79" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="4">
         <v>76</v>
       </c>
       <c r="B80" s="6">
         <v>2175</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F80" s="9">
         <v>12</v>
       </c>
       <c r="G80" s="9">
         <v>222</v>
       </c>
       <c r="H80" s="9">
         <v>222</v>
       </c>
       <c r="I80" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="4">
         <v>77</v>
       </c>
       <c r="B81" s="6">
         <v>2617</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F81" s="9">
         <v>22</v>
       </c>
       <c r="G81" s="9">
         <v>298</v>
       </c>
       <c r="H81" s="9">
         <v>221</v>
       </c>
       <c r="I81" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="4">
         <v>78</v>
       </c>
       <c r="B82" s="6">
         <v>1057</v>
       </c>
       <c r="C82" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="5" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F82" s="9">
         <v>12</v>
       </c>
       <c r="G82" s="9">
         <v>219</v>
       </c>
       <c r="H82" s="9">
         <v>219</v>
       </c>
       <c r="I82" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="4">
         <v>79</v>
       </c>
       <c r="B83" s="6">
         <v>124</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F83" s="9">
         <v>10</v>
       </c>
       <c r="G83" s="9">
         <v>218</v>
       </c>
       <c r="H83" s="9">
         <v>218</v>
       </c>
       <c r="I83" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="4">
         <v>80</v>
       </c>
       <c r="B84" s="6">
         <v>3045</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F84" s="9">
         <v>13</v>
       </c>
       <c r="G84" s="9">
         <v>219</v>
       </c>
       <c r="H84" s="9">
         <v>218</v>
       </c>
       <c r="I84" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="4">
         <v>81</v>
       </c>
       <c r="B85" s="6">
         <v>1827</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F85" s="9">
         <v>8</v>
       </c>
       <c r="G85" s="9">
         <v>215</v>
       </c>
       <c r="H85" s="9">
         <v>215</v>
       </c>
       <c r="I85" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="4">
         <v>82</v>
       </c>
       <c r="B86" s="6">
         <v>2552</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F86" s="9">
         <v>22</v>
       </c>
       <c r="G86" s="9">
         <v>308</v>
       </c>
       <c r="H86" s="9">
         <v>215</v>
       </c>
       <c r="I86" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="4">
         <v>83</v>
       </c>
       <c r="B87" s="6">
         <v>158</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F87" s="9">
         <v>12</v>
       </c>
       <c r="G87" s="9">
         <v>213</v>
       </c>
       <c r="H87" s="9">
         <v>213</v>
       </c>
       <c r="I87" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="4">
         <v>84</v>
       </c>
       <c r="B88" s="6">
         <v>2639</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F88" s="9">
         <v>17</v>
       </c>
       <c r="G88" s="9">
         <v>242</v>
       </c>
       <c r="H88" s="9">
         <v>212</v>
       </c>
       <c r="I88" s="9">
         <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="4">
         <v>85</v>
       </c>
       <c r="B89" s="6">
         <v>568</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F89" s="9">
         <v>10</v>
       </c>
       <c r="G89" s="9">
         <v>211</v>
       </c>
       <c r="H89" s="9">
         <v>211</v>
       </c>
       <c r="I89" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="4">
         <v>86</v>
       </c>
       <c r="B90" s="6">
         <v>2956</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F90" s="9">
         <v>14</v>
       </c>
       <c r="G90" s="9">
         <v>299</v>
       </c>
       <c r="H90" s="9">
         <v>210</v>
       </c>
       <c r="I90" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="4">
         <v>87</v>
       </c>
       <c r="B91" s="6">
         <v>1841</v>
       </c>
       <c r="C91" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" s="5" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F91" s="9">
         <v>12</v>
       </c>
       <c r="G91" s="9">
         <v>209</v>
       </c>
       <c r="H91" s="9">
         <v>209</v>
       </c>
       <c r="I91" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="4">
         <v>88</v>
       </c>
       <c r="B92" s="6">
         <v>1079</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F92" s="9">
         <v>9</v>
       </c>
       <c r="G92" s="9">
         <v>207</v>
       </c>
       <c r="H92" s="9">
         <v>207</v>
       </c>
       <c r="I92" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="4">
         <v>89</v>
       </c>
       <c r="B93" s="6">
         <v>2782</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F93" s="9">
         <v>14</v>
       </c>
       <c r="G93" s="9">
         <v>207</v>
       </c>
       <c r="H93" s="9">
         <v>207</v>
       </c>
       <c r="I93" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="4">
         <v>90</v>
       </c>
       <c r="B94" s="6">
         <v>1105</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>67</v>
       </c>
       <c r="F94" s="9">
         <v>12</v>
       </c>
       <c r="G94" s="9">
         <v>206</v>
       </c>
       <c r="H94" s="9">
         <v>206</v>
       </c>
       <c r="I94" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="4">
         <v>91</v>
       </c>
       <c r="B95" s="6">
         <v>3046</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F95" s="9">
         <v>14</v>
       </c>
       <c r="G95" s="9">
         <v>209</v>
       </c>
       <c r="H95" s="9">
         <v>205</v>
       </c>
       <c r="I95" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="4">
         <v>92</v>
       </c>
       <c r="B96" s="6">
         <v>1804</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F96" s="9">
         <v>16</v>
       </c>
       <c r="G96" s="9">
         <v>275</v>
       </c>
       <c r="H96" s="9">
         <v>204</v>
       </c>
       <c r="I96" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="4">
         <v>93</v>
       </c>
       <c r="B97" s="6">
         <v>3496</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F97" s="9">
         <v>13</v>
       </c>
       <c r="G97" s="9">
         <v>254</v>
       </c>
       <c r="H97" s="9">
         <v>203</v>
       </c>
       <c r="I97" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="4">
         <v>94</v>
       </c>
       <c r="B98" s="6">
         <v>569</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F98" s="9">
         <v>8</v>
       </c>
       <c r="G98" s="9">
         <v>201</v>
       </c>
       <c r="H98" s="9">
         <v>201</v>
       </c>
       <c r="I98" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="4">
         <v>95</v>
       </c>
       <c r="B99" s="6">
         <v>1423</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F99" s="9">
         <v>7</v>
       </c>
       <c r="G99" s="9">
         <v>200</v>
       </c>
       <c r="H99" s="9">
         <v>200</v>
       </c>
       <c r="I99" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>1319</v>
       </c>
       <c r="C100" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="5" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F100" s="9">
         <v>10</v>
       </c>
       <c r="G100" s="9">
         <v>199</v>
       </c>
       <c r="H100" s="9">
         <v>199</v>
       </c>
       <c r="I100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="6">
         <v>286</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="F101" s="9">
         <v>12</v>
       </c>
       <c r="G101" s="9">
         <v>199</v>
       </c>
       <c r="H101" s="9">
         <v>199</v>
       </c>
       <c r="I101" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
         <v>98</v>
       </c>
       <c r="B102" s="6">
         <v>1745</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D102" s="5" t="s">
@@ -4836,51 +4836,51 @@
       </c>
       <c r="G102" s="9">
         <v>197</v>
       </c>
       <c r="H102" s="9">
         <v>197</v>
       </c>
       <c r="I102" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="4">
         <v>99</v>
       </c>
       <c r="B103" s="6">
         <v>1133</v>
       </c>
       <c r="C103" s="7" t="s">
         <v>152</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F103" s="9">
         <v>12</v>
       </c>
       <c r="G103" s="9">
         <v>197</v>
       </c>
       <c r="H103" s="9">
         <v>197</v>
       </c>
       <c r="I103" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="4">
         <v>100</v>
       </c>
       <c r="B104" s="6">
         <v>28</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>153</v>
       </c>
       <c r="D104" s="5" t="s">
@@ -4952,51 +4952,51 @@
       </c>
       <c r="G106" s="9">
         <v>237</v>
       </c>
       <c r="H106" s="9">
         <v>189</v>
       </c>
       <c r="I106" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="4">
         <v>103</v>
       </c>
       <c r="B107" s="6">
         <v>132</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>157</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E107" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F107" s="9">
         <v>18</v>
       </c>
       <c r="G107" s="9">
         <v>210</v>
       </c>
       <c r="H107" s="9">
         <v>188</v>
       </c>
       <c r="I107" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="4">
         <v>104</v>
       </c>
       <c r="B108" s="6">
         <v>965</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>158</v>
       </c>
       <c r="D108" s="5" t="s">
@@ -5126,51 +5126,51 @@
       </c>
       <c r="G112" s="9">
         <v>183</v>
       </c>
       <c r="H112" s="9">
         <v>183</v>
       </c>
       <c r="I112" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="4">
         <v>109</v>
       </c>
       <c r="B113" s="6">
         <v>2409</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>165</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F113" s="9">
         <v>10</v>
       </c>
       <c r="G113" s="9">
         <v>180</v>
       </c>
       <c r="H113" s="9">
         <v>180</v>
       </c>
       <c r="I113" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="4">
         <v>110</v>
       </c>
       <c r="B114" s="6">
         <v>2210</v>
       </c>
       <c r="C114" s="7" t="s">
         <v>166</v>
       </c>
       <c r="D114" s="5" t="s">
@@ -5213,51 +5213,51 @@
       </c>
       <c r="G115" s="9">
         <v>177</v>
       </c>
       <c r="H115" s="9">
         <v>177</v>
       </c>
       <c r="I115" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>1586</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>169</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>32</v>
+        <v>149</v>
       </c>
       <c r="F116" s="9">
         <v>6</v>
       </c>
       <c r="G116" s="9">
         <v>176</v>
       </c>
       <c r="H116" s="9">
         <v>176</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>2368</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>170</v>
       </c>
       <c r="D117" s="5" t="s">
@@ -5329,51 +5329,51 @@
       </c>
       <c r="G119" s="9">
         <v>172</v>
       </c>
       <c r="H119" s="9">
         <v>172</v>
       </c>
       <c r="I119" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="4">
         <v>116</v>
       </c>
       <c r="B120" s="6">
         <v>135</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>175</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F120" s="9">
         <v>8</v>
       </c>
       <c r="G120" s="9">
         <v>171</v>
       </c>
       <c r="H120" s="9">
         <v>171</v>
       </c>
       <c r="I120" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="4">
         <v>117</v>
       </c>
       <c r="B121" s="6">
         <v>10</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>176</v>
       </c>
       <c r="D121" s="5" t="s">
@@ -5474,51 +5474,51 @@
       </c>
       <c r="G124" s="9">
         <v>169</v>
       </c>
       <c r="H124" s="9">
         <v>169</v>
       </c>
       <c r="I124" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="4">
         <v>121</v>
       </c>
       <c r="B125" s="6">
         <v>103</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>180</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F125" s="9">
         <v>8</v>
       </c>
       <c r="G125" s="9">
         <v>164</v>
       </c>
       <c r="H125" s="9">
         <v>164</v>
       </c>
       <c r="I125" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="4">
         <v>122</v>
       </c>
       <c r="B126" s="6">
         <v>968</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>181</v>
       </c>
       <c r="D126" s="5" t="s">
@@ -5706,51 +5706,51 @@
       </c>
       <c r="G132" s="9">
         <v>154</v>
       </c>
       <c r="H132" s="9">
         <v>154</v>
       </c>
       <c r="I132" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="4">
         <v>129</v>
       </c>
       <c r="B133" s="6">
         <v>1143</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>189</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F133" s="9">
         <v>12</v>
       </c>
       <c r="G133" s="9">
         <v>151</v>
       </c>
       <c r="H133" s="9">
         <v>151</v>
       </c>
       <c r="I133" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="4">
         <v>130</v>
       </c>
       <c r="B134" s="6">
         <v>1241</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D134" s="5" t="s">
@@ -5938,51 +5938,51 @@
       </c>
       <c r="G140" s="9">
         <v>200</v>
       </c>
       <c r="H140" s="9">
         <v>144</v>
       </c>
       <c r="I140" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="4">
         <v>137</v>
       </c>
       <c r="B141" s="6">
         <v>1311</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>200</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="F141" s="9">
         <v>8</v>
       </c>
       <c r="G141" s="9">
         <v>141</v>
       </c>
       <c r="H141" s="9">
         <v>141</v>
       </c>
       <c r="I141" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="4">
         <v>138</v>
       </c>
       <c r="B142" s="6">
         <v>1462</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D142" s="5" t="s">
@@ -6199,51 +6199,51 @@
       </c>
       <c r="G149" s="9">
         <v>133</v>
       </c>
       <c r="H149" s="9">
         <v>133</v>
       </c>
       <c r="I149" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="4">
         <v>146</v>
       </c>
       <c r="B150" s="6">
         <v>2071</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>209</v>
       </c>
       <c r="D150" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F150" s="9">
         <v>8</v>
       </c>
       <c r="G150" s="9">
         <v>133</v>
       </c>
       <c r="H150" s="9">
         <v>133</v>
       </c>
       <c r="I150" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="4">
         <v>147</v>
       </c>
       <c r="B151" s="6">
         <v>2714</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>210</v>
       </c>
       <c r="D151" s="5" t="s">
@@ -6286,51 +6286,51 @@
       </c>
       <c r="G152" s="9">
         <v>158</v>
       </c>
       <c r="H152" s="9">
         <v>132</v>
       </c>
       <c r="I152" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="4">
         <v>149</v>
       </c>
       <c r="B153" s="6">
         <v>1570</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>212</v>
       </c>
       <c r="D153" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F153" s="9">
         <v>8</v>
       </c>
       <c r="G153" s="9">
         <v>131</v>
       </c>
       <c r="H153" s="9">
         <v>131</v>
       </c>
       <c r="I153" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="4">
         <v>150</v>
       </c>
       <c r="B154" s="6">
         <v>2106</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>213</v>
       </c>
       <c r="D154" s="5" t="s">
@@ -6460,51 +6460,51 @@
       </c>
       <c r="G158" s="9">
         <v>128</v>
       </c>
       <c r="H158" s="9">
         <v>128</v>
       </c>
       <c r="I158" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="4">
         <v>155</v>
       </c>
       <c r="B159" s="6">
         <v>196</v>
       </c>
       <c r="C159" s="7" t="s">
         <v>218</v>
       </c>
       <c r="D159" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F159" s="9">
         <v>8</v>
       </c>
       <c r="G159" s="9">
         <v>127</v>
       </c>
       <c r="H159" s="9">
         <v>127</v>
       </c>
       <c r="I159" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="4">
         <v>156</v>
       </c>
       <c r="B160" s="6">
         <v>117</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>219</v>
       </c>
       <c r="D160" s="5" t="s">
@@ -6634,51 +6634,51 @@
       </c>
       <c r="G164" s="9">
         <v>122</v>
       </c>
       <c r="H164" s="9">
         <v>122</v>
       </c>
       <c r="I164" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="4">
         <v>161</v>
       </c>
       <c r="B165" s="6">
         <v>912</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>224</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F165" s="9">
         <v>6</v>
       </c>
       <c r="G165" s="9">
         <v>119</v>
       </c>
       <c r="H165" s="9">
         <v>119</v>
       </c>
       <c r="I165" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="4">
         <v>162</v>
       </c>
       <c r="B166" s="6">
         <v>111</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>226</v>
       </c>
       <c r="D166" s="5" t="s">
@@ -6750,51 +6750,51 @@
       </c>
       <c r="G168" s="9">
         <v>115</v>
       </c>
       <c r="H168" s="9">
         <v>115</v>
       </c>
       <c r="I168" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="4">
         <v>165</v>
       </c>
       <c r="B169" s="6">
         <v>1507</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>229</v>
       </c>
       <c r="D169" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F169" s="9">
         <v>6</v>
       </c>
       <c r="G169" s="9">
         <v>115</v>
       </c>
       <c r="H169" s="9">
         <v>115</v>
       </c>
       <c r="I169" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="4">
         <v>166</v>
       </c>
       <c r="B170" s="6">
         <v>56</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>230</v>
       </c>
       <c r="D170" s="5" t="s">
@@ -6924,80 +6924,80 @@
       </c>
       <c r="G174" s="9">
         <v>124</v>
       </c>
       <c r="H174" s="9">
         <v>106</v>
       </c>
       <c r="I174" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="4">
         <v>171</v>
       </c>
       <c r="B175" s="6">
         <v>1397</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>235</v>
       </c>
       <c r="D175" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F175" s="9">
         <v>6</v>
       </c>
       <c r="G175" s="9">
         <v>106</v>
       </c>
       <c r="H175" s="9">
         <v>106</v>
       </c>
       <c r="I175" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="4">
         <v>172</v>
       </c>
       <c r="B176" s="6">
         <v>2651</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>236</v>
       </c>
       <c r="D176" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F176" s="9">
         <v>7</v>
       </c>
       <c r="G176" s="9">
         <v>106</v>
       </c>
       <c r="H176" s="9">
         <v>106</v>
       </c>
       <c r="I176" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="4">
         <v>173</v>
       </c>
       <c r="B177" s="6">
         <v>1398</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>237</v>
       </c>
       <c r="D177" s="5" t="s">
@@ -7040,51 +7040,51 @@
       </c>
       <c r="G178" s="9">
         <v>155</v>
       </c>
       <c r="H178" s="9">
         <v>104</v>
       </c>
       <c r="I178" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="4">
         <v>175</v>
       </c>
       <c r="B179" s="6">
         <v>2008</v>
       </c>
       <c r="C179" s="7" t="s">
         <v>239</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F179" s="9">
         <v>12</v>
       </c>
       <c r="G179" s="9">
         <v>104</v>
       </c>
       <c r="H179" s="9">
         <v>104</v>
       </c>
       <c r="I179" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="4">
         <v>176</v>
       </c>
       <c r="B180" s="6">
         <v>128</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>240</v>
       </c>
       <c r="D180" s="5" t="s">
@@ -7127,138 +7127,138 @@
       </c>
       <c r="G181" s="9">
         <v>100</v>
       </c>
       <c r="H181" s="9">
         <v>100</v>
       </c>
       <c r="I181" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="4">
         <v>178</v>
       </c>
       <c r="B182" s="6">
         <v>152</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>242</v>
       </c>
       <c r="D182" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F182" s="9">
         <v>8</v>
       </c>
       <c r="G182" s="9">
         <v>99</v>
       </c>
       <c r="H182" s="9">
         <v>99</v>
       </c>
       <c r="I182" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="4">
         <v>179</v>
       </c>
       <c r="B183" s="6">
         <v>2652</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>243</v>
       </c>
       <c r="D183" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F183" s="9">
         <v>10</v>
       </c>
       <c r="G183" s="9">
         <v>98</v>
       </c>
       <c r="H183" s="9">
         <v>98</v>
       </c>
       <c r="I183" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="4">
         <v>180</v>
       </c>
       <c r="B184" s="6">
         <v>2704</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>244</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E184" s="5" t="s">
         <v>198</v>
       </c>
       <c r="F184" s="9">
         <v>10</v>
       </c>
       <c r="G184" s="9">
         <v>122</v>
       </c>
       <c r="H184" s="9">
         <v>98</v>
       </c>
       <c r="I184" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="4">
         <v>181</v>
       </c>
       <c r="B185" s="6">
         <v>489</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>245</v>
       </c>
       <c r="D185" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F185" s="9">
         <v>6</v>
       </c>
       <c r="G185" s="9">
         <v>97</v>
       </c>
       <c r="H185" s="9">
         <v>97</v>
       </c>
       <c r="I185" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="4">
         <v>182</v>
       </c>
       <c r="B186" s="6">
         <v>2003</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>246</v>
       </c>
       <c r="D186" s="5" t="s">
@@ -7272,51 +7272,51 @@
       </c>
       <c r="G186" s="9">
         <v>96</v>
       </c>
       <c r="H186" s="9">
         <v>96</v>
       </c>
       <c r="I186" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="4">
         <v>183</v>
       </c>
       <c r="B187" s="6">
         <v>157</v>
       </c>
       <c r="C187" s="5" t="s">
         <v>247</v>
       </c>
       <c r="D187" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F187" s="9">
         <v>10</v>
       </c>
       <c r="G187" s="9">
         <v>96</v>
       </c>
       <c r="H187" s="9">
         <v>96</v>
       </c>
       <c r="I187" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="4">
         <v>184</v>
       </c>
       <c r="B188" s="6">
         <v>824</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>248</v>
       </c>
       <c r="D188" s="5" t="s">
@@ -7359,51 +7359,51 @@
       </c>
       <c r="G189" s="9">
         <v>95</v>
       </c>
       <c r="H189" s="9">
         <v>95</v>
       </c>
       <c r="I189" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="4">
         <v>186</v>
       </c>
       <c r="B190" s="6">
         <v>2994</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>250</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F190" s="9">
         <v>4</v>
       </c>
       <c r="G190" s="9">
         <v>92</v>
       </c>
       <c r="H190" s="9">
         <v>92</v>
       </c>
       <c r="I190" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="4">
         <v>187</v>
       </c>
       <c r="B191" s="6">
         <v>2861</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D191" s="5" t="s">
@@ -7765,51 +7765,51 @@
       </c>
       <c r="G203" s="9">
         <v>79</v>
       </c>
       <c r="H203" s="9">
         <v>79</v>
       </c>
       <c r="I203" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="4">
         <v>200</v>
       </c>
       <c r="B204" s="6">
         <v>1312</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>273</v>
       </c>
       <c r="D204" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F204" s="9">
         <v>6</v>
       </c>
       <c r="G204" s="9">
         <v>79</v>
       </c>
       <c r="H204" s="9">
         <v>79</v>
       </c>
       <c r="I204" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="4">
         <v>201</v>
       </c>
       <c r="B205" s="6">
         <v>2414</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>274</v>
       </c>
       <c r="D205" s="5" t="s">
@@ -7881,51 +7881,51 @@
       </c>
       <c r="G207" s="9">
         <v>78</v>
       </c>
       <c r="H207" s="9">
         <v>78</v>
       </c>
       <c r="I207" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="4">
         <v>204</v>
       </c>
       <c r="B208" s="6">
         <v>1058</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>277</v>
       </c>
       <c r="D208" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F208" s="9">
         <v>6</v>
       </c>
       <c r="G208" s="9">
         <v>78</v>
       </c>
       <c r="H208" s="9">
         <v>78</v>
       </c>
       <c r="I208" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="4">
         <v>205</v>
       </c>
       <c r="B209" s="6">
         <v>3245</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>278</v>
       </c>
       <c r="D209" s="5" t="s">
@@ -7968,51 +7968,51 @@
       </c>
       <c r="G210" s="9">
         <v>76</v>
       </c>
       <c r="H210" s="9">
         <v>76</v>
       </c>
       <c r="I210" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="4">
         <v>207</v>
       </c>
       <c r="B211" s="6">
         <v>3213</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>280</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F211" s="9">
         <v>4</v>
       </c>
       <c r="G211" s="9">
         <v>75</v>
       </c>
       <c r="H211" s="9">
         <v>75</v>
       </c>
       <c r="I211" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="4">
         <v>208</v>
       </c>
       <c r="B212" s="6">
         <v>3487</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>281</v>
       </c>
       <c r="D212" s="5" t="s">
@@ -8313,51 +8313,51 @@
       </c>
       <c r="F222" s="9">
         <v>5</v>
       </c>
       <c r="G222" s="9">
         <v>67</v>
       </c>
       <c r="H222" s="9">
         <v>67</v>
       </c>
       <c r="I222" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="4">
         <v>219</v>
       </c>
       <c r="B223" s="6">
         <v>3191</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>292</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E223" s="5" t="s">
         <v>270</v>
       </c>
       <c r="F223" s="9">
         <v>14</v>
       </c>
       <c r="G223" s="9">
         <v>135</v>
       </c>
       <c r="H223" s="9">
         <v>67</v>
       </c>
       <c r="I223" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="4">
         <v>220</v>
       </c>
       <c r="B224" s="6">
         <v>1327</v>
       </c>
       <c r="C224" s="5" t="s">
@@ -8403,51 +8403,51 @@
       </c>
       <c r="G225" s="9">
         <v>65</v>
       </c>
       <c r="H225" s="9">
         <v>65</v>
       </c>
       <c r="I225" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="4">
         <v>222</v>
       </c>
       <c r="B226" s="6">
         <v>3034</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>295</v>
       </c>
       <c r="D226" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F226" s="9">
         <v>8</v>
       </c>
       <c r="G226" s="9">
         <v>65</v>
       </c>
       <c r="H226" s="9">
         <v>65</v>
       </c>
       <c r="I226" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="4">
         <v>223</v>
       </c>
       <c r="B227" s="6">
         <v>1998</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>296</v>
       </c>
       <c r="D227" s="5" t="s">
@@ -8487,54 +8487,54 @@
       </c>
       <c r="F228" s="9">
         <v>4</v>
       </c>
       <c r="G228" s="9">
         <v>64</v>
       </c>
       <c r="H228" s="9">
         <v>64</v>
       </c>
       <c r="I228" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="4">
         <v>225</v>
       </c>
       <c r="B229" s="6">
         <v>3161</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E229" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F229" s="9">
         <v>5</v>
       </c>
       <c r="G229" s="9">
         <v>64</v>
       </c>
       <c r="H229" s="9">
         <v>64</v>
       </c>
       <c r="I229" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="4">
         <v>226</v>
       </c>
       <c r="B230" s="6">
         <v>3398</v>
       </c>
       <c r="C230" s="5" t="s">
         <v>299</v>
       </c>
       <c r="D230" s="5" t="s">
@@ -8690,51 +8690,51 @@
       </c>
       <c r="F235" s="9">
         <v>4</v>
       </c>
       <c r="G235" s="9">
         <v>61</v>
       </c>
       <c r="H235" s="9">
         <v>61</v>
       </c>
       <c r="I235" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="4">
         <v>232</v>
       </c>
       <c r="B236" s="6">
         <v>3300</v>
       </c>
       <c r="C236" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E236" s="5" t="s">
         <v>310</v>
       </c>
       <c r="F236" s="9">
         <v>8</v>
       </c>
       <c r="G236" s="9">
         <v>85</v>
       </c>
       <c r="H236" s="9">
         <v>60</v>
       </c>
       <c r="I236" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="4">
         <v>233</v>
       </c>
       <c r="B237" s="6">
         <v>2635</v>
       </c>
       <c r="C237" s="5" t="s">
@@ -8836,51 +8836,51 @@
       </c>
       <c r="G240" s="9">
         <v>57</v>
       </c>
       <c r="H240" s="9">
         <v>57</v>
       </c>
       <c r="I240" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="4">
         <v>237</v>
       </c>
       <c r="B241" s="6">
         <v>1055</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>315</v>
       </c>
       <c r="D241" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F241" s="9">
         <v>4</v>
       </c>
       <c r="G241" s="9">
         <v>57</v>
       </c>
       <c r="H241" s="9">
         <v>57</v>
       </c>
       <c r="I241" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="4">
         <v>238</v>
       </c>
       <c r="B242" s="6">
         <v>746</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>316</v>
       </c>
       <c r="D242" s="5" t="s">
@@ -9124,51 +9124,51 @@
       </c>
       <c r="G250" s="9">
         <v>54</v>
       </c>
       <c r="H250" s="9">
         <v>54</v>
       </c>
       <c r="I250" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" s="4">
         <v>247</v>
       </c>
       <c r="B251" s="6">
         <v>198</v>
       </c>
       <c r="C251" s="5" t="s">
         <v>325</v>
       </c>
       <c r="D251" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E251" s="5" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F251" s="9">
         <v>2</v>
       </c>
       <c r="G251" s="9">
         <v>53</v>
       </c>
       <c r="H251" s="9">
         <v>53</v>
       </c>
       <c r="I251" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" s="4">
         <v>248</v>
       </c>
       <c r="B252" s="6">
         <v>3113</v>
       </c>
       <c r="C252" s="5" t="s">
         <v>326</v>
       </c>
       <c r="D252" s="5" t="s">
@@ -9354,51 +9354,51 @@
       </c>
       <c r="G258" s="9">
         <v>50</v>
       </c>
       <c r="H258" s="9">
         <v>50</v>
       </c>
       <c r="I258" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="4">
         <v>255</v>
       </c>
       <c r="B259" s="6">
         <v>1320</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>334</v>
       </c>
       <c r="D259" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>32</v>
+        <v>149</v>
       </c>
       <c r="F259" s="9">
         <v>2</v>
       </c>
       <c r="G259" s="9">
         <v>49</v>
       </c>
       <c r="H259" s="9">
         <v>49</v>
       </c>
       <c r="I259" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="4">
         <v>256</v>
       </c>
       <c r="B260" s="6">
         <v>2100</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>335</v>
       </c>
       <c r="D260" s="5" t="s">
@@ -9932,51 +9932,51 @@
       </c>
       <c r="G278" s="9">
         <v>41</v>
       </c>
       <c r="H278" s="9">
         <v>41</v>
       </c>
       <c r="I278" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="4">
         <v>275</v>
       </c>
       <c r="B279" s="6">
         <v>179</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>360</v>
       </c>
       <c r="D279" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="F279" s="9">
         <v>2</v>
       </c>
       <c r="G279" s="9">
         <v>40</v>
       </c>
       <c r="H279" s="9">
         <v>40</v>
       </c>
       <c r="I279" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="4">
         <v>276</v>
       </c>
       <c r="B280" s="6">
         <v>956</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>361</v>
       </c>
       <c r="D280" s="5" t="s">
@@ -10075,51 +10075,51 @@
       </c>
       <c r="G283" s="9">
         <v>37</v>
       </c>
       <c r="H283" s="9">
         <v>37</v>
       </c>
       <c r="I283" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="4">
         <v>280</v>
       </c>
       <c r="B284" s="6">
         <v>1653</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>367</v>
       </c>
       <c r="D284" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F284" s="9">
         <v>4</v>
       </c>
       <c r="G284" s="9">
         <v>37</v>
       </c>
       <c r="H284" s="9">
         <v>37</v>
       </c>
       <c r="I284" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="4">
         <v>281</v>
       </c>
       <c r="B285" s="6">
         <v>3388</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>368</v>
       </c>
       <c r="D285" s="5" t="s">
@@ -10365,51 +10365,51 @@
       </c>
       <c r="G293" s="9">
         <v>31</v>
       </c>
       <c r="H293" s="9">
         <v>31</v>
       </c>
       <c r="I293" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="4">
         <v>290</v>
       </c>
       <c r="B294" s="6">
         <v>2009</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>381</v>
       </c>
       <c r="D294" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E294" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F294" s="9">
         <v>6</v>
       </c>
       <c r="G294" s="9">
         <v>31</v>
       </c>
       <c r="H294" s="9">
         <v>31</v>
       </c>
       <c r="I294" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="4">
         <v>291</v>
       </c>
       <c r="B295" s="6">
         <v>2240</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>382</v>
       </c>
       <c r="D295" s="5" t="s">
@@ -10452,80 +10452,80 @@
       </c>
       <c r="G296" s="9">
         <v>30</v>
       </c>
       <c r="H296" s="9">
         <v>30</v>
       </c>
       <c r="I296" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="4">
         <v>293</v>
       </c>
       <c r="B297" s="6">
         <v>2408</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>384</v>
       </c>
       <c r="D297" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E297" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F297" s="9">
         <v>2</v>
       </c>
       <c r="G297" s="9">
         <v>29</v>
       </c>
       <c r="H297" s="9">
         <v>29</v>
       </c>
       <c r="I297" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="4">
         <v>294</v>
       </c>
       <c r="B298" s="6">
         <v>141</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>385</v>
       </c>
       <c r="D298" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E298" s="5" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F298" s="9">
         <v>2</v>
       </c>
       <c r="G298" s="9">
         <v>29</v>
       </c>
       <c r="H298" s="9">
         <v>29</v>
       </c>
       <c r="I298" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" s="4">
         <v>295</v>
       </c>
       <c r="B299" s="6">
         <v>155</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>386</v>
       </c>
       <c r="D299" s="5" t="s">
@@ -11260,51 +11260,51 @@
       </c>
       <c r="G324" s="9">
         <v>11</v>
       </c>
       <c r="H324" s="9">
         <v>11</v>
       </c>
       <c r="I324" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" s="4">
         <v>321</v>
       </c>
       <c r="B325" s="6">
         <v>108</v>
       </c>
       <c r="C325" s="7" t="s">
         <v>420</v>
       </c>
       <c r="D325" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E325" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F325" s="9">
         <v>1</v>
       </c>
       <c r="G325" s="9">
         <v>9</v>
       </c>
       <c r="H325" s="9">
         <v>9</v>
       </c>
       <c r="I325" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" s="4">
         <v>322</v>
       </c>
       <c r="B326" s="6">
         <v>3696</v>
       </c>
       <c r="C326" s="5" t="s">
         <v>421</v>
       </c>
       <c r="D326" s="5" t="s">
@@ -11315,83 +11315,83 @@
       </c>
       <c r="F326" s="9">
         <v>2</v>
       </c>
       <c r="G326" s="9">
         <v>9</v>
       </c>
       <c r="H326" s="9">
         <v>9</v>
       </c>
       <c r="I326" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" s="4">
         <v>323</v>
       </c>
       <c r="B327" s="6">
         <v>3427</v>
       </c>
       <c r="C327" s="5" t="s">
         <v>423</v>
       </c>
       <c r="D327" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E327" s="5" t="s">
         <v>380</v>
       </c>
       <c r="F327" s="9">
         <v>2</v>
       </c>
       <c r="G327" s="9">
         <v>8</v>
       </c>
       <c r="H327" s="9">
         <v>8</v>
       </c>
       <c r="I327" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="4">
         <v>324</v>
       </c>
       <c r="B328" s="6">
         <v>3160</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>424</v>
       </c>
       <c r="D328" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F328" s="9">
         <v>2</v>
       </c>
       <c r="G328" s="9">
         <v>7</v>
       </c>
       <c r="H328" s="9">
         <v>7</v>
       </c>
       <c r="I328" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" s="4">
         <v>325</v>
       </c>
       <c r="B329" s="6">
         <v>822</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>425</v>
       </c>
       <c r="D329" s="5" t="s">
@@ -12433,138 +12433,138 @@
       </c>
       <c r="E13" s="5" t="s">
         <v>67</v>
       </c>
       <c r="F13" s="9">
         <v>22</v>
       </c>
       <c r="G13" s="9">
         <v>380</v>
       </c>
       <c r="H13" s="9">
         <v>275</v>
       </c>
       <c r="I13" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>6401</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F14" s="9">
         <v>24</v>
       </c>
       <c r="G14" s="9">
         <v>334</v>
       </c>
       <c r="H14" s="9">
         <v>254</v>
       </c>
       <c r="I14" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>1804</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F15" s="9">
         <v>16</v>
       </c>
       <c r="G15" s="9">
         <v>275</v>
       </c>
       <c r="H15" s="9">
         <v>251</v>
       </c>
       <c r="I15" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>2617</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F16" s="9">
         <v>22</v>
       </c>
       <c r="G16" s="9">
         <v>298</v>
       </c>
       <c r="H16" s="9">
         <v>244</v>
       </c>
       <c r="I16" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="6">
         <v>1805</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>51</v>
       </c>
       <c r="F17" s="9">
         <v>21</v>
       </c>
       <c r="G17" s="9">
         <v>303</v>
       </c>
       <c r="H17" s="9">
         <v>240</v>
       </c>
       <c r="I17" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
       <c r="B18" s="6">
@@ -12584,51 +12584,51 @@
       </c>
       <c r="G18" s="9">
         <v>237</v>
       </c>
       <c r="H18" s="9">
         <v>229</v>
       </c>
       <c r="I18" s="9">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
       <c r="B19" s="6">
         <v>132</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>157</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F19" s="9">
         <v>18</v>
       </c>
       <c r="G19" s="9">
         <v>210</v>
       </c>
       <c r="H19" s="9">
         <v>193</v>
       </c>
       <c r="I19" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
       <c r="B20" s="6">
         <v>2210</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>166</v>
       </c>
       <c r="D20" s="5" t="s">
@@ -12787,51 +12787,51 @@
       </c>
       <c r="G25" s="9">
         <v>134</v>
       </c>
       <c r="H25" s="9">
         <v>134</v>
       </c>
       <c r="I25" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="4">
         <v>22</v>
       </c>
       <c r="B26" s="6">
         <v>2071</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>209</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F26" s="9">
         <v>8</v>
       </c>
       <c r="G26" s="9">
         <v>133</v>
       </c>
       <c r="H26" s="9">
         <v>133</v>
       </c>
       <c r="I26" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="4">
         <v>23</v>
       </c>
       <c r="B27" s="6">
         <v>3229</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>234</v>
       </c>
       <c r="D27" s="5" t="s">
@@ -12903,51 +12903,51 @@
       </c>
       <c r="G29" s="9">
         <v>109</v>
       </c>
       <c r="H29" s="9">
         <v>109</v>
       </c>
       <c r="I29" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="4">
         <v>26</v>
       </c>
       <c r="B30" s="6">
         <v>1397</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>235</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F30" s="9">
         <v>6</v>
       </c>
       <c r="G30" s="9">
         <v>106</v>
       </c>
       <c r="H30" s="9">
         <v>106</v>
       </c>
       <c r="I30" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
       <c r="B31" s="6">
         <v>1398</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>237</v>
       </c>
       <c r="D31" s="5" t="s">
@@ -13338,51 +13338,51 @@
       </c>
       <c r="G44" s="9">
         <v>35</v>
       </c>
       <c r="H44" s="9">
         <v>35</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
       <c r="B45" s="6">
         <v>3160</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>424</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F45" s="9">
         <v>2</v>
       </c>
       <c r="G45" s="9">
         <v>7</v>
       </c>
       <c r="H45" s="9">
         <v>7</v>
       </c>
       <c r="I45" s="9">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -13535,167 +13535,167 @@
       </c>
       <c r="E6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="9">
         <v>22</v>
       </c>
       <c r="G6" s="9">
         <v>433</v>
       </c>
       <c r="H6" s="9">
         <v>312</v>
       </c>
       <c r="I6" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6">
         <v>2956</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F7" s="9">
         <v>14</v>
       </c>
       <c r="G7" s="9">
         <v>299</v>
       </c>
       <c r="H7" s="9">
         <v>289</v>
       </c>
       <c r="I7" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="6">
         <v>3496</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F8" s="9">
         <v>13</v>
       </c>
       <c r="G8" s="9">
         <v>254</v>
       </c>
       <c r="H8" s="9">
         <v>251</v>
       </c>
       <c r="I8" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>2969</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>82</v>
       </c>
       <c r="F9" s="9">
         <v>22</v>
       </c>
       <c r="G9" s="9">
         <v>361</v>
       </c>
       <c r="H9" s="9">
         <v>250</v>
       </c>
       <c r="I9" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6">
         <v>1929</v>
       </c>
       <c r="C10" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D10" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="D10" s="5" t="s">
+      <c r="E10" s="5" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F10" s="9">
         <v>20</v>
       </c>
       <c r="G10" s="9">
         <v>319</v>
       </c>
       <c r="H10" s="9">
         <v>249</v>
       </c>
       <c r="I10" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>2552</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F11" s="9">
         <v>22</v>
       </c>
       <c r="G11" s="9">
         <v>308</v>
       </c>
       <c r="H11" s="9">
         <v>240</v>
       </c>
       <c r="I11" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
@@ -13857,51 +13857,51 @@
       </c>
       <c r="F17" s="9">
         <v>10</v>
       </c>
       <c r="G17" s="9">
         <v>149</v>
       </c>
       <c r="H17" s="9">
         <v>149</v>
       </c>
       <c r="I17" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
       <c r="B18" s="6">
         <v>3191</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>292</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>270</v>
       </c>
       <c r="F18" s="9">
         <v>14</v>
       </c>
       <c r="G18" s="9">
         <v>135</v>
       </c>
       <c r="H18" s="9">
         <v>132</v>
       </c>
       <c r="I18" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
       <c r="B19" s="6">
         <v>3060</v>
       </c>
       <c r="C19" s="5" t="s">
@@ -13915,51 +13915,51 @@
       </c>
       <c r="F19" s="9">
         <v>14</v>
       </c>
       <c r="G19" s="9">
         <v>130</v>
       </c>
       <c r="H19" s="9">
         <v>128</v>
       </c>
       <c r="I19" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
       <c r="B20" s="6">
         <v>2704</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>244</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>198</v>
       </c>
       <c r="F20" s="9">
         <v>10</v>
       </c>
       <c r="G20" s="9">
         <v>122</v>
       </c>
       <c r="H20" s="9">
         <v>122</v>
       </c>
       <c r="I20" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
       <c r="B21" s="6">
         <v>2837</v>
       </c>
       <c r="C21" s="5" t="s">
@@ -14089,51 +14089,51 @@
       </c>
       <c r="F25" s="9">
         <v>6</v>
       </c>
       <c r="G25" s="9">
         <v>87</v>
       </c>
       <c r="H25" s="9">
         <v>87</v>
       </c>
       <c r="I25" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="4">
         <v>22</v>
       </c>
       <c r="B26" s="6">
         <v>3300</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>310</v>
       </c>
       <c r="F26" s="9">
         <v>8</v>
       </c>
       <c r="G26" s="9">
         <v>85</v>
       </c>
       <c r="H26" s="9">
         <v>85</v>
       </c>
       <c r="I26" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="4">
         <v>23</v>
       </c>
       <c r="B27" s="6">
         <v>3184</v>
       </c>
       <c r="C27" s="5" t="s">
@@ -14234,54 +14234,54 @@
       </c>
       <c r="F30" s="9">
         <v>6</v>
       </c>
       <c r="G30" s="9">
         <v>72</v>
       </c>
       <c r="H30" s="9">
         <v>72</v>
       </c>
       <c r="I30" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
       <c r="B31" s="6">
         <v>3161</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F31" s="9">
         <v>5</v>
       </c>
       <c r="G31" s="9">
         <v>64</v>
       </c>
       <c r="H31" s="9">
         <v>64</v>
       </c>
       <c r="I31" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
       <c r="B32" s="6">
         <v>2582</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>444</v>
       </c>
       <c r="D32" s="5" t="s">
@@ -14522,51 +14522,51 @@
       </c>
       <c r="F40" s="9">
         <v>2</v>
       </c>
       <c r="G40" s="9">
         <v>9</v>
       </c>
       <c r="H40" s="9">
         <v>9</v>
       </c>
       <c r="I40" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="4">
         <v>37</v>
       </c>
       <c r="B41" s="6">
         <v>3427</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>423</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>380</v>
       </c>
       <c r="F41" s="9">
         <v>2</v>
       </c>
       <c r="G41" s="9">
         <v>8</v>
       </c>
       <c r="H41" s="9">
         <v>8</v>
       </c>
       <c r="I41" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="4">
         <v>38</v>
       </c>
       <c r="B42" s="6">
         <v>3652</v>
       </c>
       <c r="C42" s="5" t="s">
@@ -15758,228 +15758,228 @@
       </c>
       <c r="E8" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F8" s="9">
         <v>17</v>
       </c>
       <c r="G8" s="9">
         <v>308</v>
       </c>
       <c r="H8" s="9">
         <v>271</v>
       </c>
       <c r="I8" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>1100</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>82</v>
       </c>
       <c r="F9" s="9">
         <v>16</v>
       </c>
       <c r="G9" s="9">
         <v>255</v>
       </c>
       <c r="H9" s="9">
         <v>242</v>
       </c>
       <c r="I9" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6">
         <v>1929</v>
       </c>
       <c r="C10" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D10" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="D10" s="5" t="s">
+      <c r="E10" s="5" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F10" s="9">
         <v>18</v>
       </c>
       <c r="G10" s="9">
         <v>284</v>
       </c>
       <c r="H10" s="9">
         <v>241</v>
       </c>
       <c r="I10" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>6401</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F11" s="9">
         <v>20</v>
       </c>
       <c r="G11" s="9">
         <v>272</v>
       </c>
       <c r="H11" s="9">
         <v>232</v>
       </c>
       <c r="I11" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
         <v>2704</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>244</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>198</v>
       </c>
       <c r="F12" s="9">
         <v>6</v>
       </c>
       <c r="G12" s="9">
         <v>98</v>
       </c>
       <c r="H12" s="9">
         <v>98</v>
       </c>
       <c r="I12" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
       <c r="B13" s="6">
         <v>3191</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>292</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>468</v>
       </c>
       <c r="F13" s="9">
         <v>6</v>
       </c>
       <c r="G13" s="9">
         <v>67</v>
       </c>
       <c r="H13" s="9">
         <v>67</v>
       </c>
       <c r="I13" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>3161</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F14" s="9">
         <v>5</v>
       </c>
       <c r="G14" s="9">
         <v>64</v>
       </c>
       <c r="H14" s="9">
         <v>64</v>
       </c>
       <c r="I14" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>3300</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>198</v>
       </c>
       <c r="F15" s="9">
         <v>4</v>
       </c>
       <c r="G15" s="9">
         <v>60</v>
       </c>
       <c r="H15" s="9">
         <v>60</v>
       </c>
       <c r="I15" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>828</v>
       </c>
       <c r="C16" s="5" t="s">
@@ -16163,51 +16163,51 @@
       <c r="E22" s="5"/>
       <c r="F22" s="9">
         <v>2</v>
       </c>
       <c r="G22" s="9">
         <v>22</v>
       </c>
       <c r="H22" s="9">
         <v>22</v>
       </c>
       <c r="I22" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
       <c r="B23" s="6">
         <v>3427</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>423</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>380</v>
       </c>
       <c r="F23" s="9">
         <v>2</v>
       </c>
       <c r="G23" s="9">
         <v>8</v>
       </c>
       <c r="H23" s="9">
         <v>8</v>
       </c>
       <c r="I23" s="9">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>