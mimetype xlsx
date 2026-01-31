--- v1 (2026-01-31)
+++ v2 (2026-01-31)
@@ -399,50 +399,53 @@
   <si>
     <t>Csernyanszká Pavlína</t>
   </si>
   <si>
     <t>Pavka Martin Bc.</t>
   </si>
   <si>
     <t>Maroušek Jan</t>
   </si>
   <si>
     <t>Trübswasser Jan JUDr.</t>
   </si>
   <si>
     <t>MO MRS JIHLAVA SENSAS</t>
   </si>
   <si>
     <t>Práde Jaroslav</t>
   </si>
   <si>
     <t>WURMA Štětí</t>
   </si>
   <si>
     <t>Kolář Jan</t>
   </si>
   <si>
+    <t>ČRS MO Louny MIVARDI</t>
+  </si>
+  <si>
     <t>Štětina Petr</t>
   </si>
   <si>
     <t>Valchař Jakub Bc.</t>
   </si>
   <si>
     <t>Tőkőly Martin</t>
   </si>
   <si>
     <t>MO Havířov-MILO</t>
   </si>
   <si>
     <t>Freylich Václav Ing.</t>
   </si>
   <si>
     <t>Pykal Aleš</t>
   </si>
   <si>
     <t>Urban Jaroslav</t>
   </si>
   <si>
     <t>Toužimský Jakub</t>
   </si>
   <si>
     <t>Böhm Aleš</t>
@@ -469,53 +472,50 @@
     <t>Louda Václav</t>
   </si>
   <si>
     <t>Vysoký Antonín</t>
   </si>
   <si>
     <t>Burda David</t>
   </si>
   <si>
     <t>Veselý Jan</t>
   </si>
   <si>
     <t>Bělohoubek Štěpán</t>
   </si>
   <si>
     <t>Unreal Preston</t>
   </si>
   <si>
     <t>Pávek Martin</t>
   </si>
   <si>
     <t>Slavík Lukáš</t>
   </si>
   <si>
     <t>Šik Jaroslav</t>
-  </si>
-[...1 lines deleted...]
-    <t>ČRS MO Louny MIVARDI</t>
   </si>
   <si>
     <t>Hřídel Ladislav</t>
   </si>
   <si>
     <t>Jireček Miroslav</t>
   </si>
   <si>
     <t>Vyslyšel Vladimír ml.</t>
   </si>
   <si>
     <t>Prášek Pavel</t>
   </si>
   <si>
     <t>Hervert Jan</t>
   </si>
   <si>
     <t>Jonáš Libor</t>
   </si>
   <si>
     <t>ČRS Štětí MO</t>
   </si>
   <si>
     <t>Hurdálek Pavel</t>
   </si>
@@ -4140,689 +4140,689 @@
       </c>
       <c r="G78" s="9">
         <v>225</v>
       </c>
       <c r="H78" s="9">
         <v>225</v>
       </c>
       <c r="I78" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="4">
         <v>75</v>
       </c>
       <c r="B79" s="6">
         <v>2137</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>124</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>32</v>
+        <v>125</v>
       </c>
       <c r="F79" s="9">
         <v>14</v>
       </c>
       <c r="G79" s="9">
         <v>229</v>
       </c>
       <c r="H79" s="9">
         <v>223</v>
       </c>
       <c r="I79" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="4">
         <v>76</v>
       </c>
       <c r="B80" s="6">
         <v>2175</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F80" s="9">
         <v>12</v>
       </c>
       <c r="G80" s="9">
         <v>222</v>
       </c>
       <c r="H80" s="9">
         <v>222</v>
       </c>
       <c r="I80" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="4">
         <v>77</v>
       </c>
       <c r="B81" s="6">
         <v>2617</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F81" s="9">
         <v>22</v>
       </c>
       <c r="G81" s="9">
         <v>298</v>
       </c>
       <c r="H81" s="9">
         <v>221</v>
       </c>
       <c r="I81" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="4">
         <v>78</v>
       </c>
       <c r="B82" s="6">
         <v>1057</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F82" s="9">
         <v>12</v>
       </c>
       <c r="G82" s="9">
         <v>219</v>
       </c>
       <c r="H82" s="9">
         <v>219</v>
       </c>
       <c r="I82" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="4">
         <v>79</v>
       </c>
       <c r="B83" s="6">
         <v>124</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F83" s="9">
         <v>10</v>
       </c>
       <c r="G83" s="9">
         <v>218</v>
       </c>
       <c r="H83" s="9">
         <v>218</v>
       </c>
       <c r="I83" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="4">
         <v>80</v>
       </c>
       <c r="B84" s="6">
         <v>3045</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F84" s="9">
         <v>13</v>
       </c>
       <c r="G84" s="9">
         <v>219</v>
       </c>
       <c r="H84" s="9">
         <v>218</v>
       </c>
       <c r="I84" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="4">
         <v>81</v>
       </c>
       <c r="B85" s="6">
         <v>1827</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F85" s="9">
         <v>8</v>
       </c>
       <c r="G85" s="9">
         <v>215</v>
       </c>
       <c r="H85" s="9">
         <v>215</v>
       </c>
       <c r="I85" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="4">
         <v>82</v>
       </c>
       <c r="B86" s="6">
         <v>2552</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F86" s="9">
         <v>22</v>
       </c>
       <c r="G86" s="9">
         <v>308</v>
       </c>
       <c r="H86" s="9">
         <v>215</v>
       </c>
       <c r="I86" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="4">
         <v>83</v>
       </c>
       <c r="B87" s="6">
         <v>158</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>123</v>
       </c>
       <c r="F87" s="9">
         <v>12</v>
       </c>
       <c r="G87" s="9">
         <v>213</v>
       </c>
       <c r="H87" s="9">
         <v>213</v>
       </c>
       <c r="I87" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="4">
         <v>84</v>
       </c>
       <c r="B88" s="6">
         <v>2639</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F88" s="9">
         <v>17</v>
       </c>
       <c r="G88" s="9">
         <v>242</v>
       </c>
       <c r="H88" s="9">
         <v>212</v>
       </c>
       <c r="I88" s="9">
         <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="4">
         <v>85</v>
       </c>
       <c r="B89" s="6">
         <v>568</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F89" s="9">
         <v>10</v>
       </c>
       <c r="G89" s="9">
         <v>211</v>
       </c>
       <c r="H89" s="9">
         <v>211</v>
       </c>
       <c r="I89" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="4">
         <v>86</v>
       </c>
       <c r="B90" s="6">
         <v>2956</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F90" s="9">
         <v>14</v>
       </c>
       <c r="G90" s="9">
         <v>299</v>
       </c>
       <c r="H90" s="9">
         <v>210</v>
       </c>
       <c r="I90" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="4">
         <v>87</v>
       </c>
       <c r="B91" s="6">
         <v>1841</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F91" s="9">
         <v>12</v>
       </c>
       <c r="G91" s="9">
         <v>209</v>
       </c>
       <c r="H91" s="9">
         <v>209</v>
       </c>
       <c r="I91" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="4">
         <v>88</v>
       </c>
       <c r="B92" s="6">
         <v>1079</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>121</v>
       </c>
       <c r="F92" s="9">
         <v>9</v>
       </c>
       <c r="G92" s="9">
         <v>207</v>
       </c>
       <c r="H92" s="9">
         <v>207</v>
       </c>
       <c r="I92" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="4">
         <v>89</v>
       </c>
       <c r="B93" s="6">
         <v>2782</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F93" s="9">
         <v>14</v>
       </c>
       <c r="G93" s="9">
         <v>207</v>
       </c>
       <c r="H93" s="9">
         <v>207</v>
       </c>
       <c r="I93" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="4">
         <v>90</v>
       </c>
       <c r="B94" s="6">
         <v>1105</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>67</v>
       </c>
       <c r="F94" s="9">
         <v>12</v>
       </c>
       <c r="G94" s="9">
         <v>206</v>
       </c>
       <c r="H94" s="9">
         <v>206</v>
       </c>
       <c r="I94" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="4">
         <v>91</v>
       </c>
       <c r="B95" s="6">
         <v>3046</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F95" s="9">
         <v>14</v>
       </c>
       <c r="G95" s="9">
         <v>209</v>
       </c>
       <c r="H95" s="9">
         <v>205</v>
       </c>
       <c r="I95" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="4">
         <v>92</v>
       </c>
       <c r="B96" s="6">
         <v>1804</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F96" s="9">
         <v>16</v>
       </c>
       <c r="G96" s="9">
         <v>275</v>
       </c>
       <c r="H96" s="9">
         <v>204</v>
       </c>
       <c r="I96" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="4">
         <v>93</v>
       </c>
       <c r="B97" s="6">
         <v>3496</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F97" s="9">
         <v>13</v>
       </c>
       <c r="G97" s="9">
         <v>254</v>
       </c>
       <c r="H97" s="9">
         <v>203</v>
       </c>
       <c r="I97" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="4">
         <v>94</v>
       </c>
       <c r="B98" s="6">
         <v>569</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F98" s="9">
         <v>8</v>
       </c>
       <c r="G98" s="9">
         <v>201</v>
       </c>
       <c r="H98" s="9">
         <v>201</v>
       </c>
       <c r="I98" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="4">
         <v>95</v>
       </c>
       <c r="B99" s="6">
         <v>1423</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F99" s="9">
         <v>7</v>
       </c>
       <c r="G99" s="9">
         <v>200</v>
       </c>
       <c r="H99" s="9">
         <v>200</v>
       </c>
       <c r="I99" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>1319</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="F100" s="9">
         <v>10</v>
       </c>
       <c r="G100" s="9">
         <v>199</v>
       </c>
       <c r="H100" s="9">
         <v>199</v>
       </c>
       <c r="I100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="6">
         <v>286</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="F101" s="9">
         <v>12</v>
       </c>
       <c r="G101" s="9">
         <v>199</v>
       </c>
       <c r="H101" s="9">
         <v>199</v>
       </c>
       <c r="I101" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
         <v>98</v>
       </c>
       <c r="B102" s="6">
         <v>1745</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D102" s="5" t="s">
@@ -4836,51 +4836,51 @@
       </c>
       <c r="G102" s="9">
         <v>197</v>
       </c>
       <c r="H102" s="9">
         <v>197</v>
       </c>
       <c r="I102" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="4">
         <v>99</v>
       </c>
       <c r="B103" s="6">
         <v>1133</v>
       </c>
       <c r="C103" s="7" t="s">
         <v>152</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F103" s="9">
         <v>12</v>
       </c>
       <c r="G103" s="9">
         <v>197</v>
       </c>
       <c r="H103" s="9">
         <v>197</v>
       </c>
       <c r="I103" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="4">
         <v>100</v>
       </c>
       <c r="B104" s="6">
         <v>28</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>153</v>
       </c>
       <c r="D104" s="5" t="s">
@@ -5126,51 +5126,51 @@
       </c>
       <c r="G112" s="9">
         <v>183</v>
       </c>
       <c r="H112" s="9">
         <v>183</v>
       </c>
       <c r="I112" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="4">
         <v>109</v>
       </c>
       <c r="B113" s="6">
         <v>2409</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>165</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F113" s="9">
         <v>10</v>
       </c>
       <c r="G113" s="9">
         <v>180</v>
       </c>
       <c r="H113" s="9">
         <v>180</v>
       </c>
       <c r="I113" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="4">
         <v>110</v>
       </c>
       <c r="B114" s="6">
         <v>2210</v>
       </c>
       <c r="C114" s="7" t="s">
         <v>166</v>
       </c>
       <c r="D114" s="5" t="s">
@@ -5213,51 +5213,51 @@
       </c>
       <c r="G115" s="9">
         <v>177</v>
       </c>
       <c r="H115" s="9">
         <v>177</v>
       </c>
       <c r="I115" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>1586</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>169</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="F116" s="9">
         <v>6</v>
       </c>
       <c r="G116" s="9">
         <v>176</v>
       </c>
       <c r="H116" s="9">
         <v>176</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>2368</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>170</v>
       </c>
       <c r="D117" s="5" t="s">
@@ -5706,51 +5706,51 @@
       </c>
       <c r="G132" s="9">
         <v>154</v>
       </c>
       <c r="H132" s="9">
         <v>154</v>
       </c>
       <c r="I132" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="4">
         <v>129</v>
       </c>
       <c r="B133" s="6">
         <v>1143</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>189</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F133" s="9">
         <v>12</v>
       </c>
       <c r="G133" s="9">
         <v>151</v>
       </c>
       <c r="H133" s="9">
         <v>151</v>
       </c>
       <c r="I133" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="4">
         <v>130</v>
       </c>
       <c r="B134" s="6">
         <v>1241</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D134" s="5" t="s">
@@ -5938,51 +5938,51 @@
       </c>
       <c r="G140" s="9">
         <v>200</v>
       </c>
       <c r="H140" s="9">
         <v>144</v>
       </c>
       <c r="I140" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="4">
         <v>137</v>
       </c>
       <c r="B141" s="6">
         <v>1311</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>200</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="F141" s="9">
         <v>8</v>
       </c>
       <c r="G141" s="9">
         <v>141</v>
       </c>
       <c r="H141" s="9">
         <v>141</v>
       </c>
       <c r="I141" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="4">
         <v>138</v>
       </c>
       <c r="B142" s="6">
         <v>1462</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D142" s="5" t="s">
@@ -6634,51 +6634,51 @@
       </c>
       <c r="G164" s="9">
         <v>122</v>
       </c>
       <c r="H164" s="9">
         <v>122</v>
       </c>
       <c r="I164" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="4">
         <v>161</v>
       </c>
       <c r="B165" s="6">
         <v>912</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>224</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F165" s="9">
         <v>6</v>
       </c>
       <c r="G165" s="9">
         <v>119</v>
       </c>
       <c r="H165" s="9">
         <v>119</v>
       </c>
       <c r="I165" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="4">
         <v>162</v>
       </c>
       <c r="B166" s="6">
         <v>111</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>226</v>
       </c>
       <c r="D166" s="5" t="s">
@@ -6953,51 +6953,51 @@
       </c>
       <c r="G175" s="9">
         <v>106</v>
       </c>
       <c r="H175" s="9">
         <v>106</v>
       </c>
       <c r="I175" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="4">
         <v>172</v>
       </c>
       <c r="B176" s="6">
         <v>2651</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>236</v>
       </c>
       <c r="D176" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F176" s="9">
         <v>7</v>
       </c>
       <c r="G176" s="9">
         <v>106</v>
       </c>
       <c r="H176" s="9">
         <v>106</v>
       </c>
       <c r="I176" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="4">
         <v>173</v>
       </c>
       <c r="B177" s="6">
         <v>1398</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>237</v>
       </c>
       <c r="D177" s="5" t="s">
@@ -7040,51 +7040,51 @@
       </c>
       <c r="G178" s="9">
         <v>155</v>
       </c>
       <c r="H178" s="9">
         <v>104</v>
       </c>
       <c r="I178" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="4">
         <v>175</v>
       </c>
       <c r="B179" s="6">
         <v>2008</v>
       </c>
       <c r="C179" s="7" t="s">
         <v>239</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F179" s="9">
         <v>12</v>
       </c>
       <c r="G179" s="9">
         <v>104</v>
       </c>
       <c r="H179" s="9">
         <v>104</v>
       </c>
       <c r="I179" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="4">
         <v>176</v>
       </c>
       <c r="B180" s="6">
         <v>128</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>240</v>
       </c>
       <c r="D180" s="5" t="s">
@@ -7156,51 +7156,51 @@
       </c>
       <c r="G182" s="9">
         <v>99</v>
       </c>
       <c r="H182" s="9">
         <v>99</v>
       </c>
       <c r="I182" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="4">
         <v>179</v>
       </c>
       <c r="B183" s="6">
         <v>2652</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>243</v>
       </c>
       <c r="D183" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F183" s="9">
         <v>10</v>
       </c>
       <c r="G183" s="9">
         <v>98</v>
       </c>
       <c r="H183" s="9">
         <v>98</v>
       </c>
       <c r="I183" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="4">
         <v>180</v>
       </c>
       <c r="B184" s="6">
         <v>2704</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>244</v>
       </c>
       <c r="D184" s="5" t="s">
@@ -7214,51 +7214,51 @@
       </c>
       <c r="G184" s="9">
         <v>122</v>
       </c>
       <c r="H184" s="9">
         <v>98</v>
       </c>
       <c r="I184" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="4">
         <v>181</v>
       </c>
       <c r="B185" s="6">
         <v>489</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>245</v>
       </c>
       <c r="D185" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F185" s="9">
         <v>6</v>
       </c>
       <c r="G185" s="9">
         <v>97</v>
       </c>
       <c r="H185" s="9">
         <v>97</v>
       </c>
       <c r="I185" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="4">
         <v>182</v>
       </c>
       <c r="B186" s="6">
         <v>2003</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>246</v>
       </c>
       <c r="D186" s="5" t="s">
@@ -7359,51 +7359,51 @@
       </c>
       <c r="G189" s="9">
         <v>95</v>
       </c>
       <c r="H189" s="9">
         <v>95</v>
       </c>
       <c r="I189" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="4">
         <v>186</v>
       </c>
       <c r="B190" s="6">
         <v>2994</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>250</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F190" s="9">
         <v>4</v>
       </c>
       <c r="G190" s="9">
         <v>92</v>
       </c>
       <c r="H190" s="9">
         <v>92</v>
       </c>
       <c r="I190" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="4">
         <v>187</v>
       </c>
       <c r="B191" s="6">
         <v>2861</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D191" s="5" t="s">
@@ -7881,51 +7881,51 @@
       </c>
       <c r="G207" s="9">
         <v>78</v>
       </c>
       <c r="H207" s="9">
         <v>78</v>
       </c>
       <c r="I207" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="4">
         <v>204</v>
       </c>
       <c r="B208" s="6">
         <v>1058</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>277</v>
       </c>
       <c r="D208" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F208" s="9">
         <v>6</v>
       </c>
       <c r="G208" s="9">
         <v>78</v>
       </c>
       <c r="H208" s="9">
         <v>78</v>
       </c>
       <c r="I208" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="4">
         <v>205</v>
       </c>
       <c r="B209" s="6">
         <v>3245</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>278</v>
       </c>
       <c r="D209" s="5" t="s">
@@ -7968,51 +7968,51 @@
       </c>
       <c r="G210" s="9">
         <v>76</v>
       </c>
       <c r="H210" s="9">
         <v>76</v>
       </c>
       <c r="I210" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="4">
         <v>207</v>
       </c>
       <c r="B211" s="6">
         <v>3213</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>280</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F211" s="9">
         <v>4</v>
       </c>
       <c r="G211" s="9">
         <v>75</v>
       </c>
       <c r="H211" s="9">
         <v>75</v>
       </c>
       <c r="I211" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="4">
         <v>208</v>
       </c>
       <c r="B212" s="6">
         <v>3487</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>281</v>
       </c>
       <c r="D212" s="5" t="s">
@@ -8490,51 +8490,51 @@
       </c>
       <c r="G228" s="9">
         <v>64</v>
       </c>
       <c r="H228" s="9">
         <v>64</v>
       </c>
       <c r="I228" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="4">
         <v>225</v>
       </c>
       <c r="B229" s="6">
         <v>3161</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D229" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E229" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F229" s="9">
         <v>5</v>
       </c>
       <c r="G229" s="9">
         <v>64</v>
       </c>
       <c r="H229" s="9">
         <v>64</v>
       </c>
       <c r="I229" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="4">
         <v>226</v>
       </c>
       <c r="B230" s="6">
         <v>3398</v>
       </c>
       <c r="C230" s="5" t="s">
         <v>299</v>
       </c>
       <c r="D230" s="5" t="s">
@@ -8836,51 +8836,51 @@
       </c>
       <c r="G240" s="9">
         <v>57</v>
       </c>
       <c r="H240" s="9">
         <v>57</v>
       </c>
       <c r="I240" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="4">
         <v>237</v>
       </c>
       <c r="B241" s="6">
         <v>1055</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>315</v>
       </c>
       <c r="D241" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F241" s="9">
         <v>4</v>
       </c>
       <c r="G241" s="9">
         <v>57</v>
       </c>
       <c r="H241" s="9">
         <v>57</v>
       </c>
       <c r="I241" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="4">
         <v>238</v>
       </c>
       <c r="B242" s="6">
         <v>746</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>316</v>
       </c>
       <c r="D242" s="5" t="s">
@@ -9354,51 +9354,51 @@
       </c>
       <c r="G258" s="9">
         <v>50</v>
       </c>
       <c r="H258" s="9">
         <v>50</v>
       </c>
       <c r="I258" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="4">
         <v>255</v>
       </c>
       <c r="B259" s="6">
         <v>1320</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>334</v>
       </c>
       <c r="D259" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>149</v>
+        <v>32</v>
       </c>
       <c r="F259" s="9">
         <v>2</v>
       </c>
       <c r="G259" s="9">
         <v>49</v>
       </c>
       <c r="H259" s="9">
         <v>49</v>
       </c>
       <c r="I259" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="4">
         <v>256</v>
       </c>
       <c r="B260" s="6">
         <v>2100</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>335</v>
       </c>
       <c r="D260" s="5" t="s">
@@ -9932,51 +9932,51 @@
       </c>
       <c r="G278" s="9">
         <v>41</v>
       </c>
       <c r="H278" s="9">
         <v>41</v>
       </c>
       <c r="I278" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="4">
         <v>275</v>
       </c>
       <c r="B279" s="6">
         <v>179</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>360</v>
       </c>
       <c r="D279" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="F279" s="9">
         <v>2</v>
       </c>
       <c r="G279" s="9">
         <v>40</v>
       </c>
       <c r="H279" s="9">
         <v>40</v>
       </c>
       <c r="I279" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="4">
         <v>276</v>
       </c>
       <c r="B280" s="6">
         <v>956</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>361</v>
       </c>
       <c r="D280" s="5" t="s">
@@ -10075,51 +10075,51 @@
       </c>
       <c r="G283" s="9">
         <v>37</v>
       </c>
       <c r="H283" s="9">
         <v>37</v>
       </c>
       <c r="I283" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="4">
         <v>280</v>
       </c>
       <c r="B284" s="6">
         <v>1653</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>367</v>
       </c>
       <c r="D284" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F284" s="9">
         <v>4</v>
       </c>
       <c r="G284" s="9">
         <v>37</v>
       </c>
       <c r="H284" s="9">
         <v>37</v>
       </c>
       <c r="I284" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="4">
         <v>281</v>
       </c>
       <c r="B285" s="6">
         <v>3388</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>368</v>
       </c>
       <c r="D285" s="5" t="s">
@@ -10365,51 +10365,51 @@
       </c>
       <c r="G293" s="9">
         <v>31</v>
       </c>
       <c r="H293" s="9">
         <v>31</v>
       </c>
       <c r="I293" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="4">
         <v>290</v>
       </c>
       <c r="B294" s="6">
         <v>2009</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>381</v>
       </c>
       <c r="D294" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E294" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F294" s="9">
         <v>6</v>
       </c>
       <c r="G294" s="9">
         <v>31</v>
       </c>
       <c r="H294" s="9">
         <v>31</v>
       </c>
       <c r="I294" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="4">
         <v>291</v>
       </c>
       <c r="B295" s="6">
         <v>2240</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>382</v>
       </c>
       <c r="D295" s="5" t="s">
@@ -10452,51 +10452,51 @@
       </c>
       <c r="G296" s="9">
         <v>30</v>
       </c>
       <c r="H296" s="9">
         <v>30</v>
       </c>
       <c r="I296" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="4">
         <v>293</v>
       </c>
       <c r="B297" s="6">
         <v>2408</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>384</v>
       </c>
       <c r="D297" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E297" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F297" s="9">
         <v>2</v>
       </c>
       <c r="G297" s="9">
         <v>29</v>
       </c>
       <c r="H297" s="9">
         <v>29</v>
       </c>
       <c r="I297" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="4">
         <v>294</v>
       </c>
       <c r="B298" s="6">
         <v>141</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>385</v>
       </c>
       <c r="D298" s="5" t="s">
@@ -11347,51 +11347,51 @@
       </c>
       <c r="G327" s="9">
         <v>8</v>
       </c>
       <c r="H327" s="9">
         <v>8</v>
       </c>
       <c r="I327" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="4">
         <v>324</v>
       </c>
       <c r="B328" s="6">
         <v>3160</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>424</v>
       </c>
       <c r="D328" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F328" s="9">
         <v>2</v>
       </c>
       <c r="G328" s="9">
         <v>7</v>
       </c>
       <c r="H328" s="9">
         <v>7</v>
       </c>
       <c r="I328" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" s="4">
         <v>325</v>
       </c>
       <c r="B329" s="6">
         <v>822</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>425</v>
       </c>
       <c r="D329" s="5" t="s">
@@ -12462,80 +12462,80 @@
       </c>
       <c r="E14" s="8" t="s">
         <v>112</v>
       </c>
       <c r="F14" s="9">
         <v>24</v>
       </c>
       <c r="G14" s="9">
         <v>334</v>
       </c>
       <c r="H14" s="9">
         <v>254</v>
       </c>
       <c r="I14" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>1804</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F15" s="9">
         <v>16</v>
       </c>
       <c r="G15" s="9">
         <v>275</v>
       </c>
       <c r="H15" s="9">
         <v>251</v>
       </c>
       <c r="I15" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>2617</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F16" s="9">
         <v>22</v>
       </c>
       <c r="G16" s="9">
         <v>298</v>
       </c>
       <c r="H16" s="9">
         <v>244</v>
       </c>
       <c r="I16" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="6">
@@ -13338,51 +13338,51 @@
       </c>
       <c r="G44" s="9">
         <v>35</v>
       </c>
       <c r="H44" s="9">
         <v>35</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
       <c r="B45" s="6">
         <v>3160</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>424</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F45" s="9">
         <v>2</v>
       </c>
       <c r="G45" s="9">
         <v>7</v>
       </c>
       <c r="H45" s="9">
         <v>7</v>
       </c>
       <c r="I45" s="9">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -13535,86 +13535,86 @@
       </c>
       <c r="E6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="9">
         <v>22</v>
       </c>
       <c r="G6" s="9">
         <v>433</v>
       </c>
       <c r="H6" s="9">
         <v>312</v>
       </c>
       <c r="I6" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6">
         <v>2956</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F7" s="9">
         <v>14</v>
       </c>
       <c r="G7" s="9">
         <v>299</v>
       </c>
       <c r="H7" s="9">
         <v>289</v>
       </c>
       <c r="I7" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="6">
         <v>3496</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F8" s="9">
         <v>13</v>
       </c>
       <c r="G8" s="9">
         <v>254</v>
       </c>
       <c r="H8" s="9">
         <v>251</v>
       </c>
       <c r="I8" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>2969</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>119</v>
       </c>
       <c r="D9" s="5" t="s">
@@ -13651,51 +13651,51 @@
       </c>
       <c r="E10" s="5" t="s">
         <v>109</v>
       </c>
       <c r="F10" s="9">
         <v>20</v>
       </c>
       <c r="G10" s="9">
         <v>319</v>
       </c>
       <c r="H10" s="9">
         <v>249</v>
       </c>
       <c r="I10" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>2552</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F11" s="9">
         <v>22</v>
       </c>
       <c r="G11" s="9">
         <v>308</v>
       </c>
       <c r="H11" s="9">
         <v>240</v>
       </c>
       <c r="I11" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
@@ -14237,51 +14237,51 @@
       </c>
       <c r="G30" s="9">
         <v>72</v>
       </c>
       <c r="H30" s="9">
         <v>72</v>
       </c>
       <c r="I30" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
       <c r="B31" s="6">
         <v>3161</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F31" s="9">
         <v>5</v>
       </c>
       <c r="G31" s="9">
         <v>64</v>
       </c>
       <c r="H31" s="9">
         <v>64</v>
       </c>
       <c r="I31" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
       <c r="B32" s="6">
         <v>2582</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>444</v>
       </c>
       <c r="D32" s="5" t="s">
@@ -15909,51 +15909,51 @@
       </c>
       <c r="G13" s="9">
         <v>67</v>
       </c>
       <c r="H13" s="9">
         <v>67</v>
       </c>
       <c r="I13" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>3161</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F14" s="9">
         <v>5</v>
       </c>
       <c r="G14" s="9">
         <v>64</v>
       </c>
       <c r="H14" s="9">
         <v>64</v>
       </c>
       <c r="I14" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>3300</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D15" s="5" t="s">