--- v2 (2026-01-31)
+++ v3 (2026-03-17)
@@ -120,405 +120,405 @@
   <si>
     <t>Bačinová Barbora</t>
   </si>
   <si>
     <t>U23Ž</t>
   </si>
   <si>
     <t>Pergreffi Luca</t>
   </si>
   <si>
     <t>Blecha Miroslav ml.</t>
   </si>
   <si>
     <t>Bartoš Jiří Ing.</t>
   </si>
   <si>
     <t>Pokorný Roman ml.</t>
   </si>
   <si>
     <t>U23</t>
   </si>
   <si>
     <t>Cajthaml Jaroslav</t>
   </si>
   <si>
+    <t>ČRS MO Louny MIVARDI</t>
+  </si>
+  <si>
+    <t>Samlík Libor</t>
+  </si>
+  <si>
+    <t>RSK Cortina Sensas</t>
+  </si>
+  <si>
+    <t>Pokorný Ondřej</t>
+  </si>
+  <si>
+    <t>Hanáček František</t>
+  </si>
+  <si>
+    <t>Kotlář Jindřich</t>
+  </si>
+  <si>
+    <t>ČRS MO Ostrava A</t>
+  </si>
+  <si>
+    <t>Flanderka Aleš</t>
+  </si>
+  <si>
+    <t>MO Kolín COLMIC</t>
+  </si>
+  <si>
+    <t>Melcher Miroslav</t>
+  </si>
+  <si>
+    <t>MIVARDI CZ</t>
+  </si>
+  <si>
+    <t>Nováčková Markéta Ing.</t>
+  </si>
+  <si>
+    <t>Ž</t>
+  </si>
+  <si>
+    <t>Bednařík Dušan</t>
+  </si>
+  <si>
+    <t>Bárta Jakub</t>
+  </si>
+  <si>
+    <t>MO Choceň - PŘEŠTICE - MIVARDI</t>
+  </si>
+  <si>
+    <t>Bartoš Jan Ing.</t>
+  </si>
+  <si>
+    <t>Maštera Vojtěch</t>
+  </si>
+  <si>
+    <t>Heidenreich Jan Ing.</t>
+  </si>
+  <si>
+    <t>MILO Loštice</t>
+  </si>
+  <si>
+    <t>Vocel Viktor</t>
+  </si>
+  <si>
+    <t>MO CRS Praha 10 - Vinohrady - MIVARDI</t>
+  </si>
+  <si>
+    <t>Konopásek Richard</t>
+  </si>
+  <si>
+    <t>RSK Pardubice "B" Pankrác - COLMIC</t>
+  </si>
+  <si>
+    <t>Görčöš Ivan</t>
+  </si>
+  <si>
+    <t>Koukal Michal</t>
+  </si>
+  <si>
+    <t>MO MRS Třebíč SENSAS</t>
+  </si>
+  <si>
+    <t>Kazatel Petr</t>
+  </si>
+  <si>
+    <t>Kosmák Josef</t>
+  </si>
+  <si>
+    <t>Foret Roman</t>
+  </si>
+  <si>
+    <t>Valda Martin</t>
+  </si>
+  <si>
+    <t>Žigo Ladislav Ing.</t>
+  </si>
+  <si>
+    <t>Matej Jiří</t>
+  </si>
+  <si>
+    <t>MO MRS Uherské Hradiště PRESTON</t>
+  </si>
+  <si>
+    <t>Volák Jiří Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Praha 4 - Nusle - MILO</t>
+  </si>
+  <si>
+    <t>Pokorný Alois RNDr.</t>
+  </si>
+  <si>
+    <t>Kostka Jan Ing.</t>
+  </si>
+  <si>
+    <t>U18</t>
+  </si>
+  <si>
+    <t>MO ČRS Jindřichův Hradec „B“ MILO</t>
+  </si>
+  <si>
+    <t>Enderes Jan</t>
+  </si>
+  <si>
+    <t>Havlíček Jaroslav</t>
+  </si>
+  <si>
+    <t>Purkrábková Hana</t>
+  </si>
+  <si>
+    <t>MO ČRS Plaňany COLMIC</t>
+  </si>
+  <si>
+    <t>Kolařík David Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Šumperk</t>
+  </si>
+  <si>
+    <t>Martínek Pavel</t>
+  </si>
+  <si>
+    <t>Team Browning CZ</t>
+  </si>
+  <si>
+    <t>Kolínek Miroslav Bc.</t>
+  </si>
+  <si>
+    <t>Oudrán Stanislav</t>
+  </si>
+  <si>
+    <t>MO CRS Smichov, Velka Chuchle - SENSAS</t>
+  </si>
+  <si>
+    <t>Hrazdil Jiří Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Loštice - MILO</t>
+  </si>
+  <si>
+    <t>Milewski Zbigniew</t>
+  </si>
+  <si>
+    <t>Novák Jan</t>
+  </si>
+  <si>
+    <t>Grešová Jana Bc.</t>
+  </si>
+  <si>
+    <t>MO Hradec Králové Mivardi A</t>
+  </si>
+  <si>
+    <t>Polívka Zdeněk</t>
+  </si>
+  <si>
+    <t>Žalud Oldřich Ing.</t>
+  </si>
+  <si>
+    <t>Ludvík Jiří</t>
+  </si>
+  <si>
+    <t>Krigler Richard</t>
+  </si>
+  <si>
+    <t>Michalovič Tomáš</t>
+  </si>
+  <si>
+    <t>ČRS MO Mohelnice MIVARDI-A</t>
+  </si>
+  <si>
+    <t>Kladrubský Michal</t>
+  </si>
+  <si>
+    <t>Flanderka Michal Ing.</t>
+  </si>
+  <si>
+    <t>Kuba Jiří</t>
+  </si>
+  <si>
+    <t>Šipoš Ladislav</t>
+  </si>
+  <si>
+    <t>MO ČRS Předměřice nad Jizerou - SENSAS</t>
+  </si>
+  <si>
+    <t>Lamač František</t>
+  </si>
+  <si>
+    <t>Heřmánek Tomáš</t>
+  </si>
+  <si>
+    <t>Bezega Michal</t>
+  </si>
+  <si>
+    <t>RSK Hrušovany nad Jevišovkou - Begastav</t>
+  </si>
+  <si>
+    <t>Zrůstek Martin Ing.</t>
+  </si>
+  <si>
+    <t>Kostka Jaroslav Ing.</t>
+  </si>
+  <si>
+    <t>Štiková Jana</t>
+  </si>
+  <si>
+    <t>Zahrádková Klára</t>
+  </si>
+  <si>
+    <t>U18Ž</t>
+  </si>
+  <si>
+    <t>MO ČRS Mělník - SENSAS</t>
+  </si>
+  <si>
+    <t>Mádle Karel</t>
+  </si>
+  <si>
+    <t>Hlavatý David</t>
+  </si>
+  <si>
+    <t>MO ČRS Hradec Králové B - Mivardi</t>
+  </si>
+  <si>
+    <t>Sitta Bohuslav</t>
+  </si>
+  <si>
+    <t>MO ČRS Litoměřice</t>
+  </si>
+  <si>
+    <t>Kubín Jiří</t>
+  </si>
+  <si>
+    <t>Janků Petr</t>
+  </si>
+  <si>
+    <t>Csernyanszká Pavlína</t>
+  </si>
+  <si>
+    <t>Pavka Martin Bc.</t>
+  </si>
+  <si>
+    <t>Maroušek Jan</t>
+  </si>
+  <si>
+    <t>Trübswasser Jan JUDr.</t>
+  </si>
+  <si>
+    <t>MO MRS JIHLAVA SENSAS</t>
+  </si>
+  <si>
+    <t>Práde Jaroslav</t>
+  </si>
+  <si>
+    <t>WURMA Štětí</t>
+  </si>
+  <si>
+    <t>Kolář Jan</t>
+  </si>
+  <si>
+    <t>Štětina Petr</t>
+  </si>
+  <si>
+    <t>Valchař Jakub Bc.</t>
+  </si>
+  <si>
+    <t>Tőkőly Martin</t>
+  </si>
+  <si>
+    <t>MO Havířov-MILO</t>
+  </si>
+  <si>
+    <t>Freylich Václav Ing.</t>
+  </si>
+  <si>
+    <t>Pykal Aleš</t>
+  </si>
+  <si>
+    <t>Urban Jaroslav</t>
+  </si>
+  <si>
+    <t>Toužimský Jakub</t>
+  </si>
+  <si>
+    <t>Böhm Aleš</t>
+  </si>
+  <si>
+    <t>Mais Jan</t>
+  </si>
+  <si>
+    <t>Skalický Karel ml.</t>
+  </si>
+  <si>
+    <t>Bárta Martin</t>
+  </si>
+  <si>
+    <t>Vyslyšel Vladimír st.</t>
+  </si>
+  <si>
+    <t>Plzeň 1A - MAVER</t>
+  </si>
+  <si>
+    <t>Horký Aleš Bc.</t>
+  </si>
+  <si>
+    <t>Louda Václav</t>
+  </si>
+  <si>
+    <t>Vysoký Antonín</t>
+  </si>
+  <si>
+    <t>Burda David</t>
+  </si>
+  <si>
+    <t>Veselý Jan</t>
+  </si>
+  <si>
+    <t>Bělohoubek Štěpán</t>
+  </si>
+  <si>
+    <t>Unreal Preston</t>
+  </si>
+  <si>
+    <t>Pávek Martin</t>
+  </si>
+  <si>
+    <t>Slavík Lukáš</t>
+  </si>
+  <si>
+    <t>Šik Jaroslav</t>
+  </si>
+  <si>
+    <t>Hřídel Ladislav</t>
+  </si>
+  <si>
     <t>ČRS MO Česká Lípa MIVARDI</t>
-  </si>
-[...352 lines deleted...]
-    <t>Hřídel Ladislav</t>
   </si>
   <si>
     <t>Jireček Miroslav</t>
   </si>
   <si>
     <t>Vyslyšel Vladimír ml.</t>
   </si>
   <si>
     <t>Prášek Pavel</t>
   </si>
   <si>
     <t>Hervert Jan</t>
   </si>
   <si>
     <t>Jonáš Libor</t>
   </si>
   <si>
     <t>ČRS Štětí MO</t>
   </si>
   <si>
     <t>Hurdálek Pavel</t>
   </si>
   <si>
     <t>Driesel Jiří</t>
   </si>
@@ -4140,689 +4140,689 @@
       </c>
       <c r="G78" s="9">
         <v>225</v>
       </c>
       <c r="H78" s="9">
         <v>225</v>
       </c>
       <c r="I78" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="4">
         <v>75</v>
       </c>
       <c r="B79" s="6">
         <v>2137</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>124</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="F79" s="9">
         <v>14</v>
       </c>
       <c r="G79" s="9">
         <v>229</v>
       </c>
       <c r="H79" s="9">
         <v>223</v>
       </c>
       <c r="I79" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="4">
         <v>76</v>
       </c>
       <c r="B80" s="6">
         <v>2175</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="8" t="s">
         <v>55</v>
       </c>
       <c r="F80" s="9">
         <v>12</v>
       </c>
       <c r="G80" s="9">
         <v>222</v>
       </c>
       <c r="H80" s="9">
         <v>222</v>
       </c>
       <c r="I80" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="4">
         <v>77</v>
       </c>
       <c r="B81" s="6">
         <v>2617</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F81" s="9">
         <v>22</v>
       </c>
       <c r="G81" s="9">
         <v>298</v>
       </c>
       <c r="H81" s="9">
         <v>221</v>
       </c>
       <c r="I81" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="4">
         <v>78</v>
       </c>
       <c r="B82" s="6">
         <v>1057</v>
       </c>
       <c r="C82" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="5" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F82" s="9">
         <v>12</v>
       </c>
       <c r="G82" s="9">
         <v>219</v>
       </c>
       <c r="H82" s="9">
         <v>219</v>
       </c>
       <c r="I82" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="4">
         <v>79</v>
       </c>
       <c r="B83" s="6">
         <v>124</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F83" s="9">
         <v>10</v>
       </c>
       <c r="G83" s="9">
         <v>218</v>
       </c>
       <c r="H83" s="9">
         <v>218</v>
       </c>
       <c r="I83" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="4">
         <v>80</v>
       </c>
       <c r="B84" s="6">
         <v>3045</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F84" s="9">
         <v>13</v>
       </c>
       <c r="G84" s="9">
         <v>219</v>
       </c>
       <c r="H84" s="9">
         <v>218</v>
       </c>
       <c r="I84" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="4">
         <v>81</v>
       </c>
       <c r="B85" s="6">
         <v>1827</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F85" s="9">
         <v>8</v>
       </c>
       <c r="G85" s="9">
         <v>215</v>
       </c>
       <c r="H85" s="9">
         <v>215</v>
       </c>
       <c r="I85" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="4">
         <v>82</v>
       </c>
       <c r="B86" s="6">
         <v>2552</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F86" s="9">
         <v>22</v>
       </c>
       <c r="G86" s="9">
         <v>308</v>
       </c>
       <c r="H86" s="9">
         <v>215</v>
       </c>
       <c r="I86" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="4">
         <v>83</v>
       </c>
       <c r="B87" s="6">
         <v>158</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>123</v>
       </c>
       <c r="F87" s="9">
         <v>12</v>
       </c>
       <c r="G87" s="9">
         <v>213</v>
       </c>
       <c r="H87" s="9">
         <v>213</v>
       </c>
       <c r="I87" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="4">
         <v>84</v>
       </c>
       <c r="B88" s="6">
         <v>2639</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F88" s="9">
         <v>17</v>
       </c>
       <c r="G88" s="9">
         <v>242</v>
       </c>
       <c r="H88" s="9">
         <v>212</v>
       </c>
       <c r="I88" s="9">
         <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="4">
         <v>85</v>
       </c>
       <c r="B89" s="6">
         <v>568</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F89" s="9">
         <v>10</v>
       </c>
       <c r="G89" s="9">
         <v>211</v>
       </c>
       <c r="H89" s="9">
         <v>211</v>
       </c>
       <c r="I89" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="4">
         <v>86</v>
       </c>
       <c r="B90" s="6">
         <v>2956</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F90" s="9">
         <v>14</v>
       </c>
       <c r="G90" s="9">
         <v>299</v>
       </c>
       <c r="H90" s="9">
         <v>210</v>
       </c>
       <c r="I90" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="4">
         <v>87</v>
       </c>
       <c r="B91" s="6">
         <v>1841</v>
       </c>
       <c r="C91" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" s="5" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F91" s="9">
         <v>12</v>
       </c>
       <c r="G91" s="9">
         <v>209</v>
       </c>
       <c r="H91" s="9">
         <v>209</v>
       </c>
       <c r="I91" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="4">
         <v>88</v>
       </c>
       <c r="B92" s="6">
         <v>1079</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>121</v>
       </c>
       <c r="F92" s="9">
         <v>9</v>
       </c>
       <c r="G92" s="9">
         <v>207</v>
       </c>
       <c r="H92" s="9">
         <v>207</v>
       </c>
       <c r="I92" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="4">
         <v>89</v>
       </c>
       <c r="B93" s="6">
         <v>2782</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F93" s="9">
         <v>14</v>
       </c>
       <c r="G93" s="9">
         <v>207</v>
       </c>
       <c r="H93" s="9">
         <v>207</v>
       </c>
       <c r="I93" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="4">
         <v>90</v>
       </c>
       <c r="B94" s="6">
         <v>1105</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>67</v>
       </c>
       <c r="F94" s="9">
         <v>12</v>
       </c>
       <c r="G94" s="9">
         <v>206</v>
       </c>
       <c r="H94" s="9">
         <v>206</v>
       </c>
       <c r="I94" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="4">
         <v>91</v>
       </c>
       <c r="B95" s="6">
         <v>3046</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="8" t="s">
         <v>103</v>
       </c>
       <c r="F95" s="9">
         <v>14</v>
       </c>
       <c r="G95" s="9">
         <v>209</v>
       </c>
       <c r="H95" s="9">
         <v>205</v>
       </c>
       <c r="I95" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="4">
         <v>92</v>
       </c>
       <c r="B96" s="6">
         <v>1804</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F96" s="9">
         <v>16</v>
       </c>
       <c r="G96" s="9">
         <v>275</v>
       </c>
       <c r="H96" s="9">
         <v>204</v>
       </c>
       <c r="I96" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="4">
         <v>93</v>
       </c>
       <c r="B97" s="6">
         <v>3496</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F97" s="9">
         <v>13</v>
       </c>
       <c r="G97" s="9">
         <v>254</v>
       </c>
       <c r="H97" s="9">
         <v>203</v>
       </c>
       <c r="I97" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="4">
         <v>94</v>
       </c>
       <c r="B98" s="6">
         <v>569</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F98" s="9">
         <v>8</v>
       </c>
       <c r="G98" s="9">
         <v>201</v>
       </c>
       <c r="H98" s="9">
         <v>201</v>
       </c>
       <c r="I98" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="4">
         <v>95</v>
       </c>
       <c r="B99" s="6">
         <v>1423</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F99" s="9">
         <v>7</v>
       </c>
       <c r="G99" s="9">
         <v>200</v>
       </c>
       <c r="H99" s="9">
         <v>200</v>
       </c>
       <c r="I99" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>1319</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="F100" s="9">
         <v>10</v>
       </c>
       <c r="G100" s="9">
         <v>199</v>
       </c>
       <c r="H100" s="9">
         <v>199</v>
       </c>
       <c r="I100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="6">
         <v>286</v>
       </c>
       <c r="C101" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" s="5" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F101" s="9">
         <v>12</v>
       </c>
       <c r="G101" s="9">
         <v>199</v>
       </c>
       <c r="H101" s="9">
         <v>199</v>
       </c>
       <c r="I101" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
         <v>98</v>
       </c>
       <c r="B102" s="6">
         <v>1745</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D102" s="5" t="s">
@@ -4836,51 +4836,51 @@
       </c>
       <c r="G102" s="9">
         <v>197</v>
       </c>
       <c r="H102" s="9">
         <v>197</v>
       </c>
       <c r="I102" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="4">
         <v>99</v>
       </c>
       <c r="B103" s="6">
         <v>1133</v>
       </c>
       <c r="C103" s="7" t="s">
         <v>152</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F103" s="9">
         <v>12</v>
       </c>
       <c r="G103" s="9">
         <v>197</v>
       </c>
       <c r="H103" s="9">
         <v>197</v>
       </c>
       <c r="I103" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="4">
         <v>100</v>
       </c>
       <c r="B104" s="6">
         <v>28</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>153</v>
       </c>
       <c r="D104" s="5" t="s">
@@ -5126,51 +5126,51 @@
       </c>
       <c r="G112" s="9">
         <v>183</v>
       </c>
       <c r="H112" s="9">
         <v>183</v>
       </c>
       <c r="I112" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="4">
         <v>109</v>
       </c>
       <c r="B113" s="6">
         <v>2409</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>165</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F113" s="9">
         <v>10</v>
       </c>
       <c r="G113" s="9">
         <v>180</v>
       </c>
       <c r="H113" s="9">
         <v>180</v>
       </c>
       <c r="I113" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="4">
         <v>110</v>
       </c>
       <c r="B114" s="6">
         <v>2210</v>
       </c>
       <c r="C114" s="7" t="s">
         <v>166</v>
       </c>
       <c r="D114" s="5" t="s">
@@ -5213,51 +5213,51 @@
       </c>
       <c r="G115" s="9">
         <v>177</v>
       </c>
       <c r="H115" s="9">
         <v>177</v>
       </c>
       <c r="I115" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>1586</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>169</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="F116" s="9">
         <v>6</v>
       </c>
       <c r="G116" s="9">
         <v>176</v>
       </c>
       <c r="H116" s="9">
         <v>176</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>2368</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>170</v>
       </c>
       <c r="D117" s="5" t="s">
@@ -5706,51 +5706,51 @@
       </c>
       <c r="G132" s="9">
         <v>154</v>
       </c>
       <c r="H132" s="9">
         <v>154</v>
       </c>
       <c r="I132" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="4">
         <v>129</v>
       </c>
       <c r="B133" s="6">
         <v>1143</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>189</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F133" s="9">
         <v>12</v>
       </c>
       <c r="G133" s="9">
         <v>151</v>
       </c>
       <c r="H133" s="9">
         <v>151</v>
       </c>
       <c r="I133" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="4">
         <v>130</v>
       </c>
       <c r="B134" s="6">
         <v>1241</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D134" s="5" t="s">
@@ -5938,51 +5938,51 @@
       </c>
       <c r="G140" s="9">
         <v>200</v>
       </c>
       <c r="H140" s="9">
         <v>144</v>
       </c>
       <c r="I140" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="4">
         <v>137</v>
       </c>
       <c r="B141" s="6">
         <v>1311</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>200</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>125</v>
+        <v>150</v>
       </c>
       <c r="F141" s="9">
         <v>8</v>
       </c>
       <c r="G141" s="9">
         <v>141</v>
       </c>
       <c r="H141" s="9">
         <v>141</v>
       </c>
       <c r="I141" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="4">
         <v>138</v>
       </c>
       <c r="B142" s="6">
         <v>1462</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D142" s="5" t="s">
@@ -6634,51 +6634,51 @@
       </c>
       <c r="G164" s="9">
         <v>122</v>
       </c>
       <c r="H164" s="9">
         <v>122</v>
       </c>
       <c r="I164" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="4">
         <v>161</v>
       </c>
       <c r="B165" s="6">
         <v>912</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>224</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F165" s="9">
         <v>6</v>
       </c>
       <c r="G165" s="9">
         <v>119</v>
       </c>
       <c r="H165" s="9">
         <v>119</v>
       </c>
       <c r="I165" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="4">
         <v>162</v>
       </c>
       <c r="B166" s="6">
         <v>111</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>226</v>
       </c>
       <c r="D166" s="5" t="s">
@@ -6953,51 +6953,51 @@
       </c>
       <c r="G175" s="9">
         <v>106</v>
       </c>
       <c r="H175" s="9">
         <v>106</v>
       </c>
       <c r="I175" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="4">
         <v>172</v>
       </c>
       <c r="B176" s="6">
         <v>2651</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>236</v>
       </c>
       <c r="D176" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F176" s="9">
         <v>7</v>
       </c>
       <c r="G176" s="9">
         <v>106</v>
       </c>
       <c r="H176" s="9">
         <v>106</v>
       </c>
       <c r="I176" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="4">
         <v>173</v>
       </c>
       <c r="B177" s="6">
         <v>1398</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>237</v>
       </c>
       <c r="D177" s="5" t="s">
@@ -7040,51 +7040,51 @@
       </c>
       <c r="G178" s="9">
         <v>155</v>
       </c>
       <c r="H178" s="9">
         <v>104</v>
       </c>
       <c r="I178" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="4">
         <v>175</v>
       </c>
       <c r="B179" s="6">
         <v>2008</v>
       </c>
       <c r="C179" s="7" t="s">
         <v>239</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F179" s="9">
         <v>12</v>
       </c>
       <c r="G179" s="9">
         <v>104</v>
       </c>
       <c r="H179" s="9">
         <v>104</v>
       </c>
       <c r="I179" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="4">
         <v>176</v>
       </c>
       <c r="B180" s="6">
         <v>128</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>240</v>
       </c>
       <c r="D180" s="5" t="s">
@@ -7156,51 +7156,51 @@
       </c>
       <c r="G182" s="9">
         <v>99</v>
       </c>
       <c r="H182" s="9">
         <v>99</v>
       </c>
       <c r="I182" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="4">
         <v>179</v>
       </c>
       <c r="B183" s="6">
         <v>2652</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>243</v>
       </c>
       <c r="D183" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F183" s="9">
         <v>10</v>
       </c>
       <c r="G183" s="9">
         <v>98</v>
       </c>
       <c r="H183" s="9">
         <v>98</v>
       </c>
       <c r="I183" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="4">
         <v>180</v>
       </c>
       <c r="B184" s="6">
         <v>2704</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>244</v>
       </c>
       <c r="D184" s="5" t="s">
@@ -7214,51 +7214,51 @@
       </c>
       <c r="G184" s="9">
         <v>122</v>
       </c>
       <c r="H184" s="9">
         <v>98</v>
       </c>
       <c r="I184" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="4">
         <v>181</v>
       </c>
       <c r="B185" s="6">
         <v>489</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>245</v>
       </c>
       <c r="D185" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F185" s="9">
         <v>6</v>
       </c>
       <c r="G185" s="9">
         <v>97</v>
       </c>
       <c r="H185" s="9">
         <v>97</v>
       </c>
       <c r="I185" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="4">
         <v>182</v>
       </c>
       <c r="B186" s="6">
         <v>2003</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>246</v>
       </c>
       <c r="D186" s="5" t="s">
@@ -7330,80 +7330,80 @@
       </c>
       <c r="G188" s="9">
         <v>95</v>
       </c>
       <c r="H188" s="9">
         <v>95</v>
       </c>
       <c r="I188" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="4">
         <v>185</v>
       </c>
       <c r="B189" s="6">
         <v>22</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>249</v>
       </c>
       <c r="D189" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="8" t="s">
-        <v>161</v>
+        <v>71</v>
       </c>
       <c r="F189" s="9">
         <v>6</v>
       </c>
       <c r="G189" s="9">
         <v>95</v>
       </c>
       <c r="H189" s="9">
         <v>95</v>
       </c>
       <c r="I189" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="4">
         <v>186</v>
       </c>
       <c r="B190" s="6">
         <v>2994</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>250</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>225</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F190" s="9">
         <v>4</v>
       </c>
       <c r="G190" s="9">
         <v>92</v>
       </c>
       <c r="H190" s="9">
         <v>92</v>
       </c>
       <c r="I190" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="4">
         <v>187</v>
       </c>
       <c r="B191" s="6">
         <v>2861</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D191" s="5" t="s">
@@ -7881,51 +7881,51 @@
       </c>
       <c r="G207" s="9">
         <v>78</v>
       </c>
       <c r="H207" s="9">
         <v>78</v>
       </c>
       <c r="I207" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="4">
         <v>204</v>
       </c>
       <c r="B208" s="6">
         <v>1058</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>277</v>
       </c>
       <c r="D208" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F208" s="9">
         <v>6</v>
       </c>
       <c r="G208" s="9">
         <v>78</v>
       </c>
       <c r="H208" s="9">
         <v>78</v>
       </c>
       <c r="I208" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="4">
         <v>205</v>
       </c>
       <c r="B209" s="6">
         <v>3245</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>278</v>
       </c>
       <c r="D209" s="5" t="s">
@@ -7968,51 +7968,51 @@
       </c>
       <c r="G210" s="9">
         <v>76</v>
       </c>
       <c r="H210" s="9">
         <v>76</v>
       </c>
       <c r="I210" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="4">
         <v>207</v>
       </c>
       <c r="B211" s="6">
         <v>3213</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>280</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F211" s="9">
         <v>4</v>
       </c>
       <c r="G211" s="9">
         <v>75</v>
       </c>
       <c r="H211" s="9">
         <v>75</v>
       </c>
       <c r="I211" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="4">
         <v>208</v>
       </c>
       <c r="B212" s="6">
         <v>3487</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>281</v>
       </c>
       <c r="D212" s="5" t="s">
@@ -8490,51 +8490,51 @@
       </c>
       <c r="G228" s="9">
         <v>64</v>
       </c>
       <c r="H228" s="9">
         <v>64</v>
       </c>
       <c r="I228" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="4">
         <v>225</v>
       </c>
       <c r="B229" s="6">
         <v>3161</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D229" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E229" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F229" s="9">
         <v>5</v>
       </c>
       <c r="G229" s="9">
         <v>64</v>
       </c>
       <c r="H229" s="9">
         <v>64</v>
       </c>
       <c r="I229" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="4">
         <v>226</v>
       </c>
       <c r="B230" s="6">
         <v>3398</v>
       </c>
       <c r="C230" s="5" t="s">
         <v>299</v>
       </c>
       <c r="D230" s="5" t="s">
@@ -8836,51 +8836,51 @@
       </c>
       <c r="G240" s="9">
         <v>57</v>
       </c>
       <c r="H240" s="9">
         <v>57</v>
       </c>
       <c r="I240" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="4">
         <v>237</v>
       </c>
       <c r="B241" s="6">
         <v>1055</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>315</v>
       </c>
       <c r="D241" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F241" s="9">
         <v>4</v>
       </c>
       <c r="G241" s="9">
         <v>57</v>
       </c>
       <c r="H241" s="9">
         <v>57</v>
       </c>
       <c r="I241" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="4">
         <v>238</v>
       </c>
       <c r="B242" s="6">
         <v>746</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>316</v>
       </c>
       <c r="D242" s="5" t="s">
@@ -9932,51 +9932,51 @@
       </c>
       <c r="G278" s="9">
         <v>41</v>
       </c>
       <c r="H278" s="9">
         <v>41</v>
       </c>
       <c r="I278" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="4">
         <v>275</v>
       </c>
       <c r="B279" s="6">
         <v>179</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>360</v>
       </c>
       <c r="D279" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="F279" s="9">
         <v>2</v>
       </c>
       <c r="G279" s="9">
         <v>40</v>
       </c>
       <c r="H279" s="9">
         <v>40</v>
       </c>
       <c r="I279" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="4">
         <v>276</v>
       </c>
       <c r="B280" s="6">
         <v>956</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>361</v>
       </c>
       <c r="D280" s="5" t="s">
@@ -10075,51 +10075,51 @@
       </c>
       <c r="G283" s="9">
         <v>37</v>
       </c>
       <c r="H283" s="9">
         <v>37</v>
       </c>
       <c r="I283" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="4">
         <v>280</v>
       </c>
       <c r="B284" s="6">
         <v>1653</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>367</v>
       </c>
       <c r="D284" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F284" s="9">
         <v>4</v>
       </c>
       <c r="G284" s="9">
         <v>37</v>
       </c>
       <c r="H284" s="9">
         <v>37</v>
       </c>
       <c r="I284" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="4">
         <v>281</v>
       </c>
       <c r="B285" s="6">
         <v>3388</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>368</v>
       </c>
       <c r="D285" s="5" t="s">
@@ -10365,51 +10365,51 @@
       </c>
       <c r="G293" s="9">
         <v>31</v>
       </c>
       <c r="H293" s="9">
         <v>31</v>
       </c>
       <c r="I293" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="4">
         <v>290</v>
       </c>
       <c r="B294" s="6">
         <v>2009</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>381</v>
       </c>
       <c r="D294" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E294" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F294" s="9">
         <v>6</v>
       </c>
       <c r="G294" s="9">
         <v>31</v>
       </c>
       <c r="H294" s="9">
         <v>31</v>
       </c>
       <c r="I294" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="4">
         <v>291</v>
       </c>
       <c r="B295" s="6">
         <v>2240</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>382</v>
       </c>
       <c r="D295" s="5" t="s">
@@ -10452,51 +10452,51 @@
       </c>
       <c r="G296" s="9">
         <v>30</v>
       </c>
       <c r="H296" s="9">
         <v>30</v>
       </c>
       <c r="I296" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="4">
         <v>293</v>
       </c>
       <c r="B297" s="6">
         <v>2408</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>384</v>
       </c>
       <c r="D297" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E297" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F297" s="9">
         <v>2</v>
       </c>
       <c r="G297" s="9">
         <v>29</v>
       </c>
       <c r="H297" s="9">
         <v>29</v>
       </c>
       <c r="I297" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="4">
         <v>294</v>
       </c>
       <c r="B298" s="6">
         <v>141</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>385</v>
       </c>
       <c r="D298" s="5" t="s">
@@ -11347,51 +11347,51 @@
       </c>
       <c r="G327" s="9">
         <v>8</v>
       </c>
       <c r="H327" s="9">
         <v>8</v>
       </c>
       <c r="I327" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="4">
         <v>324</v>
       </c>
       <c r="B328" s="6">
         <v>3160</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>424</v>
       </c>
       <c r="D328" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F328" s="9">
         <v>2</v>
       </c>
       <c r="G328" s="9">
         <v>7</v>
       </c>
       <c r="H328" s="9">
         <v>7</v>
       </c>
       <c r="I328" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" s="4">
         <v>325</v>
       </c>
       <c r="B329" s="6">
         <v>822</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>425</v>
       </c>
       <c r="D329" s="5" t="s">
@@ -12462,80 +12462,80 @@
       </c>
       <c r="E14" s="8" t="s">
         <v>112</v>
       </c>
       <c r="F14" s="9">
         <v>24</v>
       </c>
       <c r="G14" s="9">
         <v>334</v>
       </c>
       <c r="H14" s="9">
         <v>254</v>
       </c>
       <c r="I14" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>1804</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>88</v>
       </c>
       <c r="F15" s="9">
         <v>16</v>
       </c>
       <c r="G15" s="9">
         <v>275</v>
       </c>
       <c r="H15" s="9">
         <v>251</v>
       </c>
       <c r="I15" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>2617</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F16" s="9">
         <v>22</v>
       </c>
       <c r="G16" s="9">
         <v>298</v>
       </c>
       <c r="H16" s="9">
         <v>244</v>
       </c>
       <c r="I16" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="6">
@@ -13338,51 +13338,51 @@
       </c>
       <c r="G44" s="9">
         <v>35</v>
       </c>
       <c r="H44" s="9">
         <v>35</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
       <c r="B45" s="6">
         <v>3160</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>424</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F45" s="9">
         <v>2</v>
       </c>
       <c r="G45" s="9">
         <v>7</v>
       </c>
       <c r="H45" s="9">
         <v>7</v>
       </c>
       <c r="I45" s="9">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -13535,86 +13535,86 @@
       </c>
       <c r="E6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="9">
         <v>22</v>
       </c>
       <c r="G6" s="9">
         <v>433</v>
       </c>
       <c r="H6" s="9">
         <v>312</v>
       </c>
       <c r="I6" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6">
         <v>2956</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F7" s="9">
         <v>14</v>
       </c>
       <c r="G7" s="9">
         <v>299</v>
       </c>
       <c r="H7" s="9">
         <v>289</v>
       </c>
       <c r="I7" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="6">
         <v>3496</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F8" s="9">
         <v>13</v>
       </c>
       <c r="G8" s="9">
         <v>254</v>
       </c>
       <c r="H8" s="9">
         <v>251</v>
       </c>
       <c r="I8" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>2969</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>119</v>
       </c>
       <c r="D9" s="5" t="s">
@@ -13651,51 +13651,51 @@
       </c>
       <c r="E10" s="5" t="s">
         <v>109</v>
       </c>
       <c r="F10" s="9">
         <v>20</v>
       </c>
       <c r="G10" s="9">
         <v>319</v>
       </c>
       <c r="H10" s="9">
         <v>249</v>
       </c>
       <c r="I10" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>2552</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F11" s="9">
         <v>22</v>
       </c>
       <c r="G11" s="9">
         <v>308</v>
       </c>
       <c r="H11" s="9">
         <v>240</v>
       </c>
       <c r="I11" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
@@ -14237,51 +14237,51 @@
       </c>
       <c r="G30" s="9">
         <v>72</v>
       </c>
       <c r="H30" s="9">
         <v>72</v>
       </c>
       <c r="I30" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
       <c r="B31" s="6">
         <v>3161</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F31" s="9">
         <v>5</v>
       </c>
       <c r="G31" s="9">
         <v>64</v>
       </c>
       <c r="H31" s="9">
         <v>64</v>
       </c>
       <c r="I31" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
       <c r="B32" s="6">
         <v>2582</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>444</v>
       </c>
       <c r="D32" s="5" t="s">
@@ -15909,51 +15909,51 @@
       </c>
       <c r="G13" s="9">
         <v>67</v>
       </c>
       <c r="H13" s="9">
         <v>67</v>
       </c>
       <c r="I13" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>3161</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>298</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F14" s="9">
         <v>5</v>
       </c>
       <c r="G14" s="9">
         <v>64</v>
       </c>
       <c r="H14" s="9">
         <v>64</v>
       </c>
       <c r="I14" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>3300</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>309</v>
       </c>
       <c r="D15" s="5" t="s">