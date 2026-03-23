--- v0 (2026-02-01)
+++ v1 (2026-03-23)
@@ -471,54 +471,54 @@
   <si>
     <t>Vysoký Antonín</t>
   </si>
   <si>
     <t>Burda David</t>
   </si>
   <si>
     <t>Veselý Jan</t>
   </si>
   <si>
     <t>Bělohoubek Štěpán</t>
   </si>
   <si>
     <t>Unreal Preston</t>
   </si>
   <si>
     <t>Pávek Martin</t>
   </si>
   <si>
     <t>Slavík Lukáš</t>
   </si>
   <si>
     <t>Šik Jaroslav</t>
   </si>
   <si>
+    <t>ČRS MO Česká Lípa MIVARDI</t>
+  </si>
+  <si>
     <t>Hřídel Ladislav</t>
-  </si>
-[...1 lines deleted...]
-    <t>ČRS MO Česká Lípa MIVARDI</t>
   </si>
   <si>
     <t>Jireček Miroslav</t>
   </si>
   <si>
     <t>Vyslyšel Vladimír ml.</t>
   </si>
   <si>
     <t>Prášek Pavel</t>
   </si>
   <si>
     <t>Hervert Jan</t>
   </si>
   <si>
     <t>Jonáš Libor</t>
   </si>
   <si>
     <t>ČRS Štětí MO</t>
   </si>
   <si>
     <t>Hurdálek Pavel</t>
   </si>
   <si>
     <t>Driesel Jiří</t>
   </si>
@@ -4749,80 +4749,80 @@
       </c>
       <c r="G99" s="9">
         <v>200</v>
       </c>
       <c r="H99" s="9">
         <v>200</v>
       </c>
       <c r="I99" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>1319</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>148</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>32</v>
+        <v>149</v>
       </c>
       <c r="F100" s="9">
         <v>10</v>
       </c>
       <c r="G100" s="9">
         <v>199</v>
       </c>
       <c r="H100" s="9">
         <v>199</v>
       </c>
       <c r="I100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="6">
         <v>286</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="F101" s="9">
         <v>12</v>
       </c>
       <c r="G101" s="9">
         <v>199</v>
       </c>
       <c r="H101" s="9">
         <v>199</v>
       </c>
       <c r="I101" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
         <v>98</v>
       </c>
       <c r="B102" s="6">
         <v>1745</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D102" s="5" t="s">
@@ -5213,51 +5213,51 @@
       </c>
       <c r="G115" s="9">
         <v>177</v>
       </c>
       <c r="H115" s="9">
         <v>177</v>
       </c>
       <c r="I115" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>1586</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>169</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="F116" s="9">
         <v>6</v>
       </c>
       <c r="G116" s="9">
         <v>176</v>
       </c>
       <c r="H116" s="9">
         <v>176</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>2368</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>170</v>
       </c>
       <c r="D117" s="5" t="s">
@@ -5938,51 +5938,51 @@
       </c>
       <c r="G140" s="9">
         <v>200</v>
       </c>
       <c r="H140" s="9">
         <v>144</v>
       </c>
       <c r="I140" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="4">
         <v>137</v>
       </c>
       <c r="B141" s="6">
         <v>1311</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>200</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>32</v>
+        <v>149</v>
       </c>
       <c r="F141" s="9">
         <v>8</v>
       </c>
       <c r="G141" s="9">
         <v>141</v>
       </c>
       <c r="H141" s="9">
         <v>141</v>
       </c>
       <c r="I141" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="4">
         <v>138</v>
       </c>
       <c r="B142" s="6">
         <v>1462</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D142" s="5" t="s">
@@ -9354,51 +9354,51 @@
       </c>
       <c r="G258" s="9">
         <v>50</v>
       </c>
       <c r="H258" s="9">
         <v>50</v>
       </c>
       <c r="I258" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="4">
         <v>255</v>
       </c>
       <c r="B259" s="6">
         <v>1320</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>334</v>
       </c>
       <c r="D259" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="F259" s="9">
         <v>2</v>
       </c>
       <c r="G259" s="9">
         <v>49</v>
       </c>
       <c r="H259" s="9">
         <v>49</v>
       </c>
       <c r="I259" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="4">
         <v>256</v>
       </c>
       <c r="B260" s="6">
         <v>2100</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>335</v>
       </c>
       <c r="D260" s="5" t="s">
@@ -9932,51 +9932,51 @@
       </c>
       <c r="G278" s="9">
         <v>41</v>
       </c>
       <c r="H278" s="9">
         <v>41</v>
       </c>
       <c r="I278" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="4">
         <v>275</v>
       </c>
       <c r="B279" s="6">
         <v>179</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>360</v>
       </c>
       <c r="D279" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="F279" s="9">
         <v>2</v>
       </c>
       <c r="G279" s="9">
         <v>40</v>
       </c>
       <c r="H279" s="9">
         <v>40</v>
       </c>
       <c r="I279" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="4">
         <v>276</v>
       </c>
       <c r="B280" s="6">
         <v>956</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>361</v>
       </c>
       <c r="D280" s="5" t="s">