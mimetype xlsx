--- v1 (2026-02-02)
+++ v2 (2026-02-02)
@@ -471,54 +471,54 @@
   <si>
     <t>Vysoký Antonín</t>
   </si>
   <si>
     <t>Burda David</t>
   </si>
   <si>
     <t>Veselý Jan</t>
   </si>
   <si>
     <t>Bělohoubek Štěpán</t>
   </si>
   <si>
     <t>Unreal Preston</t>
   </si>
   <si>
     <t>Pávek Martin</t>
   </si>
   <si>
     <t>Slavík Lukáš</t>
   </si>
   <si>
     <t>Šik Jaroslav</t>
   </si>
   <si>
+    <t>Hřídel Ladislav</t>
+  </si>
+  <si>
     <t>ČRS MO Česká Lípa MIVARDI</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hřídel Ladislav</t>
   </si>
   <si>
     <t>Jireček Miroslav</t>
   </si>
   <si>
     <t>Vyslyšel Vladimír ml.</t>
   </si>
   <si>
     <t>Prášek Pavel</t>
   </si>
   <si>
     <t>Hervert Jan</t>
   </si>
   <si>
     <t>Jonáš Libor</t>
   </si>
   <si>
     <t>ČRS Štětí MO</t>
   </si>
   <si>
     <t>Hurdálek Pavel</t>
   </si>
   <si>
     <t>Driesel Jiří</t>
   </si>
@@ -4749,80 +4749,80 @@
       </c>
       <c r="G99" s="9">
         <v>200</v>
       </c>
       <c r="H99" s="9">
         <v>200</v>
       </c>
       <c r="I99" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>1319</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>148</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>149</v>
+        <v>32</v>
       </c>
       <c r="F100" s="9">
         <v>10</v>
       </c>
       <c r="G100" s="9">
         <v>199</v>
       </c>
       <c r="H100" s="9">
         <v>199</v>
       </c>
       <c r="I100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="6">
         <v>286</v>
       </c>
       <c r="C101" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" s="5" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F101" s="9">
         <v>12</v>
       </c>
       <c r="G101" s="9">
         <v>199</v>
       </c>
       <c r="H101" s="9">
         <v>199</v>
       </c>
       <c r="I101" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
         <v>98</v>
       </c>
       <c r="B102" s="6">
         <v>1745</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D102" s="5" t="s">
@@ -5213,51 +5213,51 @@
       </c>
       <c r="G115" s="9">
         <v>177</v>
       </c>
       <c r="H115" s="9">
         <v>177</v>
       </c>
       <c r="I115" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>1586</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>169</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>32</v>
+        <v>150</v>
       </c>
       <c r="F116" s="9">
         <v>6</v>
       </c>
       <c r="G116" s="9">
         <v>176</v>
       </c>
       <c r="H116" s="9">
         <v>176</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>2368</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>170</v>
       </c>
       <c r="D117" s="5" t="s">
@@ -5938,51 +5938,51 @@
       </c>
       <c r="G140" s="9">
         <v>200</v>
       </c>
       <c r="H140" s="9">
         <v>144</v>
       </c>
       <c r="I140" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="4">
         <v>137</v>
       </c>
       <c r="B141" s="6">
         <v>1311</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>200</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>149</v>
+        <v>32</v>
       </c>
       <c r="F141" s="9">
         <v>8</v>
       </c>
       <c r="G141" s="9">
         <v>141</v>
       </c>
       <c r="H141" s="9">
         <v>141</v>
       </c>
       <c r="I141" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="4">
         <v>138</v>
       </c>
       <c r="B142" s="6">
         <v>1462</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D142" s="5" t="s">
@@ -7330,51 +7330,51 @@
       </c>
       <c r="G188" s="9">
         <v>95</v>
       </c>
       <c r="H188" s="9">
         <v>95</v>
       </c>
       <c r="I188" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="4">
         <v>185</v>
       </c>
       <c r="B189" s="6">
         <v>22</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>249</v>
       </c>
       <c r="D189" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="8" t="s">
-        <v>71</v>
+        <v>161</v>
       </c>
       <c r="F189" s="9">
         <v>6</v>
       </c>
       <c r="G189" s="9">
         <v>95</v>
       </c>
       <c r="H189" s="9">
         <v>95</v>
       </c>
       <c r="I189" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="4">
         <v>186</v>
       </c>
       <c r="B190" s="6">
         <v>2994</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>250</v>
       </c>
       <c r="D190" s="5" t="s">
@@ -9354,51 +9354,51 @@
       </c>
       <c r="G258" s="9">
         <v>50</v>
       </c>
       <c r="H258" s="9">
         <v>50</v>
       </c>
       <c r="I258" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="4">
         <v>255</v>
       </c>
       <c r="B259" s="6">
         <v>1320</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>334</v>
       </c>
       <c r="D259" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>32</v>
+        <v>150</v>
       </c>
       <c r="F259" s="9">
         <v>2</v>
       </c>
       <c r="G259" s="9">
         <v>49</v>
       </c>
       <c r="H259" s="9">
         <v>49</v>
       </c>
       <c r="I259" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="4">
         <v>256</v>
       </c>
       <c r="B260" s="6">
         <v>2100</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>335</v>
       </c>
       <c r="D260" s="5" t="s">
@@ -9932,51 +9932,51 @@
       </c>
       <c r="G278" s="9">
         <v>41</v>
       </c>
       <c r="H278" s="9">
         <v>41</v>
       </c>
       <c r="I278" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="4">
         <v>275</v>
       </c>
       <c r="B279" s="6">
         <v>179</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>360</v>
       </c>
       <c r="D279" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>32</v>
+        <v>150</v>
       </c>
       <c r="F279" s="9">
         <v>2</v>
       </c>
       <c r="G279" s="9">
         <v>40</v>
       </c>
       <c r="H279" s="9">
         <v>40</v>
       </c>
       <c r="I279" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="4">
         <v>276</v>
       </c>
       <c r="B280" s="6">
         <v>956</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>361</v>
       </c>
       <c r="D280" s="5" t="s">