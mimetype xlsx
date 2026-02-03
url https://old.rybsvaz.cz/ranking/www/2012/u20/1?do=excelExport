--- v2 (2026-02-02)
+++ v3 (2026-02-03)
@@ -120,405 +120,405 @@
   <si>
     <t>Bačinová Barbora</t>
   </si>
   <si>
     <t>U23Ž</t>
   </si>
   <si>
     <t>Pergreffi Luca</t>
   </si>
   <si>
     <t>Blecha Miroslav ml.</t>
   </si>
   <si>
     <t>Bartoš Jiří Ing.</t>
   </si>
   <si>
     <t>Pokorný Roman ml.</t>
   </si>
   <si>
     <t>U23</t>
   </si>
   <si>
     <t>Cajthaml Jaroslav</t>
   </si>
   <si>
+    <t>ČRS MO Česká Lípa MIVARDI</t>
+  </si>
+  <si>
+    <t>Samlík Libor</t>
+  </si>
+  <si>
+    <t>RSK Cortina Sensas</t>
+  </si>
+  <si>
+    <t>Pokorný Ondřej</t>
+  </si>
+  <si>
+    <t>Hanáček František</t>
+  </si>
+  <si>
+    <t>Kotlář Jindřich</t>
+  </si>
+  <si>
+    <t>ČRS MO Ostrava A</t>
+  </si>
+  <si>
+    <t>Flanderka Aleš</t>
+  </si>
+  <si>
+    <t>MO Kolín COLMIC</t>
+  </si>
+  <si>
+    <t>Melcher Miroslav</t>
+  </si>
+  <si>
+    <t>MIVARDI CZ</t>
+  </si>
+  <si>
+    <t>Nováčková Markéta Ing.</t>
+  </si>
+  <si>
+    <t>Ž</t>
+  </si>
+  <si>
+    <t>Bednařík Dušan</t>
+  </si>
+  <si>
+    <t>Bárta Jakub</t>
+  </si>
+  <si>
+    <t>MO Choceň - PŘEŠTICE - MIVARDI</t>
+  </si>
+  <si>
+    <t>Bartoš Jan Ing.</t>
+  </si>
+  <si>
+    <t>Maštera Vojtěch</t>
+  </si>
+  <si>
+    <t>Heidenreich Jan Ing.</t>
+  </si>
+  <si>
+    <t>MILO Loštice</t>
+  </si>
+  <si>
+    <t>Vocel Viktor</t>
+  </si>
+  <si>
+    <t>MO CRS Praha 10 - Vinohrady - MIVARDI</t>
+  </si>
+  <si>
+    <t>Konopásek Richard</t>
+  </si>
+  <si>
+    <t>RSK Pardubice "B" Pankrác - COLMIC</t>
+  </si>
+  <si>
+    <t>Görčöš Ivan</t>
+  </si>
+  <si>
+    <t>Koukal Michal</t>
+  </si>
+  <si>
+    <t>MO MRS Třebíč SENSAS</t>
+  </si>
+  <si>
+    <t>Kazatel Petr</t>
+  </si>
+  <si>
+    <t>Kosmák Josef</t>
+  </si>
+  <si>
+    <t>Foret Roman</t>
+  </si>
+  <si>
+    <t>Valda Martin</t>
+  </si>
+  <si>
+    <t>Žigo Ladislav Ing.</t>
+  </si>
+  <si>
+    <t>Matej Jiří</t>
+  </si>
+  <si>
+    <t>MO MRS Uherské Hradiště PRESTON</t>
+  </si>
+  <si>
+    <t>Volák Jiří Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Praha 4 - Nusle - MILO</t>
+  </si>
+  <si>
+    <t>Pokorný Alois RNDr.</t>
+  </si>
+  <si>
+    <t>Kostka Jan Ing.</t>
+  </si>
+  <si>
+    <t>U18</t>
+  </si>
+  <si>
+    <t>MO ČRS Jindřichův Hradec „B“ MILO</t>
+  </si>
+  <si>
+    <t>Enderes Jan</t>
+  </si>
+  <si>
+    <t>Havlíček Jaroslav</t>
+  </si>
+  <si>
+    <t>Purkrábková Hana</t>
+  </si>
+  <si>
+    <t>MO ČRS Plaňany COLMIC</t>
+  </si>
+  <si>
+    <t>Kolařík David Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Šumperk</t>
+  </si>
+  <si>
+    <t>Martínek Pavel</t>
+  </si>
+  <si>
+    <t>Team Browning CZ</t>
+  </si>
+  <si>
+    <t>Kolínek Miroslav Bc.</t>
+  </si>
+  <si>
+    <t>Oudrán Stanislav</t>
+  </si>
+  <si>
+    <t>MO CRS Smichov, Velka Chuchle - SENSAS</t>
+  </si>
+  <si>
+    <t>Hrazdil Jiří Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Loštice - MILO</t>
+  </si>
+  <si>
+    <t>Milewski Zbigniew</t>
+  </si>
+  <si>
+    <t>Novák Jan</t>
+  </si>
+  <si>
+    <t>Grešová Jana Bc.</t>
+  </si>
+  <si>
+    <t>MO Hradec Králové Mivardi A</t>
+  </si>
+  <si>
+    <t>Polívka Zdeněk</t>
+  </si>
+  <si>
+    <t>Žalud Oldřich Ing.</t>
+  </si>
+  <si>
+    <t>Ludvík Jiří</t>
+  </si>
+  <si>
+    <t>Krigler Richard</t>
+  </si>
+  <si>
+    <t>Michalovič Tomáš</t>
+  </si>
+  <si>
+    <t>ČRS MO Mohelnice MIVARDI-A</t>
+  </si>
+  <si>
+    <t>Kladrubský Michal</t>
+  </si>
+  <si>
+    <t>Flanderka Michal Ing.</t>
+  </si>
+  <si>
+    <t>Kuba Jiří</t>
+  </si>
+  <si>
+    <t>Šipoš Ladislav</t>
+  </si>
+  <si>
+    <t>MO ČRS Předměřice nad Jizerou - SENSAS</t>
+  </si>
+  <si>
+    <t>Lamač František</t>
+  </si>
+  <si>
+    <t>Heřmánek Tomáš</t>
+  </si>
+  <si>
+    <t>Bezega Michal</t>
+  </si>
+  <si>
+    <t>RSK Hrušovany nad Jevišovkou - Begastav</t>
+  </si>
+  <si>
+    <t>Zrůstek Martin Ing.</t>
+  </si>
+  <si>
+    <t>Kostka Jaroslav Ing.</t>
+  </si>
+  <si>
+    <t>Štiková Jana</t>
+  </si>
+  <si>
+    <t>Zahrádková Klára</t>
+  </si>
+  <si>
+    <t>U18Ž</t>
+  </si>
+  <si>
+    <t>MO ČRS Mělník - SENSAS</t>
+  </si>
+  <si>
+    <t>Mádle Karel</t>
+  </si>
+  <si>
+    <t>Hlavatý David</t>
+  </si>
+  <si>
+    <t>MO ČRS Hradec Králové B - Mivardi</t>
+  </si>
+  <si>
+    <t>Sitta Bohuslav</t>
+  </si>
+  <si>
+    <t>MO ČRS Litoměřice</t>
+  </si>
+  <si>
+    <t>Kubín Jiří</t>
+  </si>
+  <si>
+    <t>Janků Petr</t>
+  </si>
+  <si>
+    <t>Csernyanszká Pavlína</t>
+  </si>
+  <si>
+    <t>Pavka Martin Bc.</t>
+  </si>
+  <si>
+    <t>Maroušek Jan</t>
+  </si>
+  <si>
+    <t>Trübswasser Jan JUDr.</t>
+  </si>
+  <si>
+    <t>MO MRS JIHLAVA SENSAS</t>
+  </si>
+  <si>
+    <t>Práde Jaroslav</t>
+  </si>
+  <si>
+    <t>WURMA Štětí</t>
+  </si>
+  <si>
+    <t>Kolář Jan</t>
+  </si>
+  <si>
+    <t>Štětina Petr</t>
+  </si>
+  <si>
+    <t>Valchař Jakub Bc.</t>
+  </si>
+  <si>
+    <t>Tőkőly Martin</t>
+  </si>
+  <si>
+    <t>MO Havířov-MILO</t>
+  </si>
+  <si>
+    <t>Freylich Václav Ing.</t>
+  </si>
+  <si>
+    <t>Pykal Aleš</t>
+  </si>
+  <si>
+    <t>Urban Jaroslav</t>
+  </si>
+  <si>
+    <t>Toužimský Jakub</t>
+  </si>
+  <si>
+    <t>Böhm Aleš</t>
+  </si>
+  <si>
+    <t>Mais Jan</t>
+  </si>
+  <si>
+    <t>Skalický Karel ml.</t>
+  </si>
+  <si>
+    <t>Bárta Martin</t>
+  </si>
+  <si>
+    <t>Vyslyšel Vladimír st.</t>
+  </si>
+  <si>
+    <t>Plzeň 1A - MAVER</t>
+  </si>
+  <si>
+    <t>Horký Aleš Bc.</t>
+  </si>
+  <si>
+    <t>Louda Václav</t>
+  </si>
+  <si>
+    <t>Vysoký Antonín</t>
+  </si>
+  <si>
+    <t>Burda David</t>
+  </si>
+  <si>
+    <t>Veselý Jan</t>
+  </si>
+  <si>
+    <t>Bělohoubek Štěpán</t>
+  </si>
+  <si>
+    <t>Unreal Preston</t>
+  </si>
+  <si>
+    <t>Pávek Martin</t>
+  </si>
+  <si>
+    <t>Slavík Lukáš</t>
+  </si>
+  <si>
+    <t>Šik Jaroslav</t>
+  </si>
+  <si>
     <t>ČRS MO Louny MIVARDI</t>
   </si>
   <si>
-    <t>Samlík Libor</t>
-[...346 lines deleted...]
-  <si>
     <t>Hřídel Ladislav</t>
-  </si>
-[...1 lines deleted...]
-    <t>ČRS MO Česká Lípa MIVARDI</t>
   </si>
   <si>
     <t>Jireček Miroslav</t>
   </si>
   <si>
     <t>Vyslyšel Vladimír ml.</t>
   </si>
   <si>
     <t>Prášek Pavel</t>
   </si>
   <si>
     <t>Hervert Jan</t>
   </si>
   <si>
     <t>Jonáš Libor</t>
   </si>
   <si>
     <t>ČRS Štětí MO</t>
   </si>
   <si>
     <t>Hurdálek Pavel</t>
   </si>
   <si>
     <t>Driesel Jiří</t>
   </si>
@@ -4749,80 +4749,80 @@
       </c>
       <c r="G99" s="9">
         <v>200</v>
       </c>
       <c r="H99" s="9">
         <v>200</v>
       </c>
       <c r="I99" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>1319</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>148</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>32</v>
+        <v>149</v>
       </c>
       <c r="F100" s="9">
         <v>10</v>
       </c>
       <c r="G100" s="9">
         <v>199</v>
       </c>
       <c r="H100" s="9">
         <v>199</v>
       </c>
       <c r="I100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="6">
         <v>286</v>
       </c>
       <c r="C101" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" s="5" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F101" s="9">
         <v>12</v>
       </c>
       <c r="G101" s="9">
         <v>199</v>
       </c>
       <c r="H101" s="9">
         <v>199</v>
       </c>
       <c r="I101" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
         <v>98</v>
       </c>
       <c r="B102" s="6">
         <v>1745</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D102" s="5" t="s">
@@ -5213,51 +5213,51 @@
       </c>
       <c r="G115" s="9">
         <v>177</v>
       </c>
       <c r="H115" s="9">
         <v>177</v>
       </c>
       <c r="I115" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>1586</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>169</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F116" s="9">
         <v>6</v>
       </c>
       <c r="G116" s="9">
         <v>176</v>
       </c>
       <c r="H116" s="9">
         <v>176</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>2368</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>170</v>
       </c>
       <c r="D117" s="5" t="s">
@@ -5938,51 +5938,51 @@
       </c>
       <c r="G140" s="9">
         <v>200</v>
       </c>
       <c r="H140" s="9">
         <v>144</v>
       </c>
       <c r="I140" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="4">
         <v>137</v>
       </c>
       <c r="B141" s="6">
         <v>1311</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>200</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>32</v>
+        <v>149</v>
       </c>
       <c r="F141" s="9">
         <v>8</v>
       </c>
       <c r="G141" s="9">
         <v>141</v>
       </c>
       <c r="H141" s="9">
         <v>141</v>
       </c>
       <c r="I141" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="4">
         <v>138</v>
       </c>
       <c r="B142" s="6">
         <v>1462</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D142" s="5" t="s">
@@ -9354,51 +9354,51 @@
       </c>
       <c r="G258" s="9">
         <v>50</v>
       </c>
       <c r="H258" s="9">
         <v>50</v>
       </c>
       <c r="I258" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="4">
         <v>255</v>
       </c>
       <c r="B259" s="6">
         <v>1320</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>334</v>
       </c>
       <c r="D259" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F259" s="9">
         <v>2</v>
       </c>
       <c r="G259" s="9">
         <v>49</v>
       </c>
       <c r="H259" s="9">
         <v>49</v>
       </c>
       <c r="I259" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="4">
         <v>256</v>
       </c>
       <c r="B260" s="6">
         <v>2100</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>335</v>
       </c>
       <c r="D260" s="5" t="s">
@@ -9932,51 +9932,51 @@
       </c>
       <c r="G278" s="9">
         <v>41</v>
       </c>
       <c r="H278" s="9">
         <v>41</v>
       </c>
       <c r="I278" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="4">
         <v>275</v>
       </c>
       <c r="B279" s="6">
         <v>179</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>360</v>
       </c>
       <c r="D279" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F279" s="9">
         <v>2</v>
       </c>
       <c r="G279" s="9">
         <v>40</v>
       </c>
       <c r="H279" s="9">
         <v>40</v>
       </c>
       <c r="I279" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="4">
         <v>276</v>
       </c>
       <c r="B280" s="6">
         <v>956</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>361</v>
       </c>
       <c r="D280" s="5" t="s">