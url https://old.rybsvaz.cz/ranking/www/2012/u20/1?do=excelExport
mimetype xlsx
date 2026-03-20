--- v3 (2026-02-03)
+++ v4 (2026-03-20)
@@ -120,405 +120,405 @@
   <si>
     <t>Bačinová Barbora</t>
   </si>
   <si>
     <t>U23Ž</t>
   </si>
   <si>
     <t>Pergreffi Luca</t>
   </si>
   <si>
     <t>Blecha Miroslav ml.</t>
   </si>
   <si>
     <t>Bartoš Jiří Ing.</t>
   </si>
   <si>
     <t>Pokorný Roman ml.</t>
   </si>
   <si>
     <t>U23</t>
   </si>
   <si>
     <t>Cajthaml Jaroslav</t>
   </si>
   <si>
+    <t>ČRS MO Louny MIVARDI</t>
+  </si>
+  <si>
+    <t>Samlík Libor</t>
+  </si>
+  <si>
+    <t>RSK Cortina Sensas</t>
+  </si>
+  <si>
+    <t>Pokorný Ondřej</t>
+  </si>
+  <si>
+    <t>Hanáček František</t>
+  </si>
+  <si>
+    <t>Kotlář Jindřich</t>
+  </si>
+  <si>
+    <t>ČRS MO Ostrava A</t>
+  </si>
+  <si>
+    <t>Flanderka Aleš</t>
+  </si>
+  <si>
+    <t>MO Kolín COLMIC</t>
+  </si>
+  <si>
+    <t>Melcher Miroslav</t>
+  </si>
+  <si>
+    <t>MIVARDI CZ</t>
+  </si>
+  <si>
+    <t>Nováčková Markéta Ing.</t>
+  </si>
+  <si>
+    <t>Ž</t>
+  </si>
+  <si>
+    <t>Bednařík Dušan</t>
+  </si>
+  <si>
+    <t>Bárta Jakub</t>
+  </si>
+  <si>
+    <t>MO Choceň - PŘEŠTICE - MIVARDI</t>
+  </si>
+  <si>
+    <t>Bartoš Jan Ing.</t>
+  </si>
+  <si>
+    <t>Maštera Vojtěch</t>
+  </si>
+  <si>
+    <t>Heidenreich Jan Ing.</t>
+  </si>
+  <si>
+    <t>MILO Loštice</t>
+  </si>
+  <si>
+    <t>Vocel Viktor</t>
+  </si>
+  <si>
+    <t>MO CRS Praha 10 - Vinohrady - MIVARDI</t>
+  </si>
+  <si>
+    <t>Konopásek Richard</t>
+  </si>
+  <si>
+    <t>RSK Pardubice "B" Pankrác - COLMIC</t>
+  </si>
+  <si>
+    <t>Görčöš Ivan</t>
+  </si>
+  <si>
+    <t>Koukal Michal</t>
+  </si>
+  <si>
+    <t>MO MRS Třebíč SENSAS</t>
+  </si>
+  <si>
+    <t>Kazatel Petr</t>
+  </si>
+  <si>
+    <t>Kosmák Josef</t>
+  </si>
+  <si>
+    <t>Foret Roman</t>
+  </si>
+  <si>
+    <t>Valda Martin</t>
+  </si>
+  <si>
+    <t>Žigo Ladislav Ing.</t>
+  </si>
+  <si>
+    <t>Matej Jiří</t>
+  </si>
+  <si>
+    <t>MO MRS Uherské Hradiště PRESTON</t>
+  </si>
+  <si>
+    <t>Volák Jiří Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Praha 4 - Nusle - MILO</t>
+  </si>
+  <si>
+    <t>Pokorný Alois RNDr.</t>
+  </si>
+  <si>
+    <t>Kostka Jan Ing.</t>
+  </si>
+  <si>
+    <t>U18</t>
+  </si>
+  <si>
+    <t>MO ČRS Jindřichův Hradec „B“ MILO</t>
+  </si>
+  <si>
+    <t>Enderes Jan</t>
+  </si>
+  <si>
+    <t>Havlíček Jaroslav</t>
+  </si>
+  <si>
+    <t>Purkrábková Hana</t>
+  </si>
+  <si>
+    <t>MO ČRS Plaňany COLMIC</t>
+  </si>
+  <si>
+    <t>Kolařík David Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Šumperk</t>
+  </si>
+  <si>
+    <t>Martínek Pavel</t>
+  </si>
+  <si>
+    <t>Team Browning CZ</t>
+  </si>
+  <si>
+    <t>Kolínek Miroslav Bc.</t>
+  </si>
+  <si>
+    <t>Oudrán Stanislav</t>
+  </si>
+  <si>
+    <t>MO CRS Smichov, Velka Chuchle - SENSAS</t>
+  </si>
+  <si>
+    <t>Hrazdil Jiří Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Loštice - MILO</t>
+  </si>
+  <si>
+    <t>Milewski Zbigniew</t>
+  </si>
+  <si>
+    <t>Novák Jan</t>
+  </si>
+  <si>
+    <t>Grešová Jana Bc.</t>
+  </si>
+  <si>
+    <t>MO Hradec Králové Mivardi A</t>
+  </si>
+  <si>
+    <t>Polívka Zdeněk</t>
+  </si>
+  <si>
+    <t>Žalud Oldřich Ing.</t>
+  </si>
+  <si>
+    <t>Ludvík Jiří</t>
+  </si>
+  <si>
+    <t>Krigler Richard</t>
+  </si>
+  <si>
+    <t>Michalovič Tomáš</t>
+  </si>
+  <si>
+    <t>ČRS MO Mohelnice MIVARDI-A</t>
+  </si>
+  <si>
+    <t>Kladrubský Michal</t>
+  </si>
+  <si>
+    <t>Flanderka Michal Ing.</t>
+  </si>
+  <si>
+    <t>Kuba Jiří</t>
+  </si>
+  <si>
+    <t>Šipoš Ladislav</t>
+  </si>
+  <si>
+    <t>MO ČRS Předměřice nad Jizerou - SENSAS</t>
+  </si>
+  <si>
+    <t>Lamač František</t>
+  </si>
+  <si>
+    <t>Heřmánek Tomáš</t>
+  </si>
+  <si>
+    <t>Bezega Michal</t>
+  </si>
+  <si>
+    <t>RSK Hrušovany nad Jevišovkou - Begastav</t>
+  </si>
+  <si>
+    <t>Zrůstek Martin Ing.</t>
+  </si>
+  <si>
+    <t>Kostka Jaroslav Ing.</t>
+  </si>
+  <si>
+    <t>Štiková Jana</t>
+  </si>
+  <si>
+    <t>Zahrádková Klára</t>
+  </si>
+  <si>
+    <t>U18Ž</t>
+  </si>
+  <si>
+    <t>MO ČRS Mělník - SENSAS</t>
+  </si>
+  <si>
+    <t>Mádle Karel</t>
+  </si>
+  <si>
+    <t>Hlavatý David</t>
+  </si>
+  <si>
+    <t>MO ČRS Hradec Králové B - Mivardi</t>
+  </si>
+  <si>
+    <t>Sitta Bohuslav</t>
+  </si>
+  <si>
+    <t>MO ČRS Litoměřice</t>
+  </si>
+  <si>
+    <t>Kubín Jiří</t>
+  </si>
+  <si>
+    <t>Janků Petr</t>
+  </si>
+  <si>
+    <t>Csernyanszká Pavlína</t>
+  </si>
+  <si>
+    <t>Pavka Martin Bc.</t>
+  </si>
+  <si>
+    <t>Maroušek Jan</t>
+  </si>
+  <si>
+    <t>Trübswasser Jan JUDr.</t>
+  </si>
+  <si>
+    <t>MO MRS JIHLAVA SENSAS</t>
+  </si>
+  <si>
+    <t>Práde Jaroslav</t>
+  </si>
+  <si>
+    <t>WURMA Štětí</t>
+  </si>
+  <si>
+    <t>Kolář Jan</t>
+  </si>
+  <si>
+    <t>Štětina Petr</t>
+  </si>
+  <si>
+    <t>Valchař Jakub Bc.</t>
+  </si>
+  <si>
+    <t>Tőkőly Martin</t>
+  </si>
+  <si>
+    <t>MO Havířov-MILO</t>
+  </si>
+  <si>
+    <t>Freylich Václav Ing.</t>
+  </si>
+  <si>
+    <t>Pykal Aleš</t>
+  </si>
+  <si>
+    <t>Urban Jaroslav</t>
+  </si>
+  <si>
+    <t>Toužimský Jakub</t>
+  </si>
+  <si>
+    <t>Böhm Aleš</t>
+  </si>
+  <si>
+    <t>Mais Jan</t>
+  </si>
+  <si>
+    <t>Skalický Karel ml.</t>
+  </si>
+  <si>
+    <t>Bárta Martin</t>
+  </si>
+  <si>
+    <t>Vyslyšel Vladimír st.</t>
+  </si>
+  <si>
+    <t>Plzeň 1A - MAVER</t>
+  </si>
+  <si>
+    <t>Horký Aleš Bc.</t>
+  </si>
+  <si>
+    <t>Louda Václav</t>
+  </si>
+  <si>
+    <t>Vysoký Antonín</t>
+  </si>
+  <si>
+    <t>Burda David</t>
+  </si>
+  <si>
+    <t>Veselý Jan</t>
+  </si>
+  <si>
+    <t>Bělohoubek Štěpán</t>
+  </si>
+  <si>
+    <t>Unreal Preston</t>
+  </si>
+  <si>
+    <t>Pávek Martin</t>
+  </si>
+  <si>
+    <t>Slavík Lukáš</t>
+  </si>
+  <si>
+    <t>Šik Jaroslav</t>
+  </si>
+  <si>
+    <t>Hřídel Ladislav</t>
+  </si>
+  <si>
     <t>ČRS MO Česká Lípa MIVARDI</t>
-  </si>
-[...352 lines deleted...]
-    <t>Hřídel Ladislav</t>
   </si>
   <si>
     <t>Jireček Miroslav</t>
   </si>
   <si>
     <t>Vyslyšel Vladimír ml.</t>
   </si>
   <si>
     <t>Prášek Pavel</t>
   </si>
   <si>
     <t>Hervert Jan</t>
   </si>
   <si>
     <t>Jonáš Libor</t>
   </si>
   <si>
     <t>ČRS Štětí MO</t>
   </si>
   <si>
     <t>Hurdálek Pavel</t>
   </si>
   <si>
     <t>Driesel Jiří</t>
   </si>
@@ -4749,80 +4749,80 @@
       </c>
       <c r="G99" s="9">
         <v>200</v>
       </c>
       <c r="H99" s="9">
         <v>200</v>
       </c>
       <c r="I99" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>1319</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>148</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>149</v>
+        <v>32</v>
       </c>
       <c r="F100" s="9">
         <v>10</v>
       </c>
       <c r="G100" s="9">
         <v>199</v>
       </c>
       <c r="H100" s="9">
         <v>199</v>
       </c>
       <c r="I100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="6">
         <v>286</v>
       </c>
       <c r="C101" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" s="5" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F101" s="9">
         <v>12</v>
       </c>
       <c r="G101" s="9">
         <v>199</v>
       </c>
       <c r="H101" s="9">
         <v>199</v>
       </c>
       <c r="I101" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
         <v>98</v>
       </c>
       <c r="B102" s="6">
         <v>1745</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D102" s="5" t="s">
@@ -5213,51 +5213,51 @@
       </c>
       <c r="G115" s="9">
         <v>177</v>
       </c>
       <c r="H115" s="9">
         <v>177</v>
       </c>
       <c r="I115" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>1586</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>169</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F116" s="9">
         <v>6</v>
       </c>
       <c r="G116" s="9">
         <v>176</v>
       </c>
       <c r="H116" s="9">
         <v>176</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>2368</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>170</v>
       </c>
       <c r="D117" s="5" t="s">
@@ -5938,51 +5938,51 @@
       </c>
       <c r="G140" s="9">
         <v>200</v>
       </c>
       <c r="H140" s="9">
         <v>144</v>
       </c>
       <c r="I140" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="4">
         <v>137</v>
       </c>
       <c r="B141" s="6">
         <v>1311</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>200</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>149</v>
+        <v>32</v>
       </c>
       <c r="F141" s="9">
         <v>8</v>
       </c>
       <c r="G141" s="9">
         <v>141</v>
       </c>
       <c r="H141" s="9">
         <v>141</v>
       </c>
       <c r="I141" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="4">
         <v>138</v>
       </c>
       <c r="B142" s="6">
         <v>1462</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D142" s="5" t="s">
@@ -9354,51 +9354,51 @@
       </c>
       <c r="G258" s="9">
         <v>50</v>
       </c>
       <c r="H258" s="9">
         <v>50</v>
       </c>
       <c r="I258" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="4">
         <v>255</v>
       </c>
       <c r="B259" s="6">
         <v>1320</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>334</v>
       </c>
       <c r="D259" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>149</v>
+        <v>32</v>
       </c>
       <c r="F259" s="9">
         <v>2</v>
       </c>
       <c r="G259" s="9">
         <v>49</v>
       </c>
       <c r="H259" s="9">
         <v>49</v>
       </c>
       <c r="I259" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="4">
         <v>256</v>
       </c>
       <c r="B260" s="6">
         <v>2100</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>335</v>
       </c>
       <c r="D260" s="5" t="s">
@@ -9932,51 +9932,51 @@
       </c>
       <c r="G278" s="9">
         <v>41</v>
       </c>
       <c r="H278" s="9">
         <v>41</v>
       </c>
       <c r="I278" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="4">
         <v>275</v>
       </c>
       <c r="B279" s="6">
         <v>179</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>360</v>
       </c>
       <c r="D279" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F279" s="9">
         <v>2</v>
       </c>
       <c r="G279" s="9">
         <v>40</v>
       </c>
       <c r="H279" s="9">
         <v>40</v>
       </c>
       <c r="I279" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="4">
         <v>276</v>
       </c>
       <c r="B280" s="6">
         <v>956</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>361</v>
       </c>
       <c r="D280" s="5" t="s">