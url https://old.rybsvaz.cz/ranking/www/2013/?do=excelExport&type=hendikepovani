--- v0 (2026-02-04)
+++ v1 (2026-02-06)
@@ -15209,52 +15209,52 @@
         <v>16</v>
       </c>
       <c r="G10" s="9">
         <v>280</v>
       </c>
       <c r="H10" s="9">
         <v>267</v>
       </c>
       <c r="I10" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>1100</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>145</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="E11" s="8" t="s">
-        <v>142</v>
+      <c r="E11" s="5" t="s">
+        <v>89</v>
       </c>
       <c r="F11" s="9">
         <v>14</v>
       </c>
       <c r="G11" s="9">
         <v>242</v>
       </c>
       <c r="H11" s="9">
         <v>231</v>
       </c>
       <c r="I11" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
         <v>3117</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>245</v>
       </c>
       <c r="D12" s="5" t="s">