--- v0 (2025-12-10)
+++ v1 (2026-02-01)
@@ -342,159 +342,159 @@
   <si>
     <t>Volák Jiří Ing.</t>
   </si>
   <si>
     <t>Bezega Michal</t>
   </si>
   <si>
     <t>Pardubice Begastav MO MRS Hrušovany nad Jevišovkou</t>
   </si>
   <si>
     <t>Žalud Oldřich Ing.</t>
   </si>
   <si>
     <t>Flament Pierre</t>
   </si>
   <si>
     <t>Team Fishing Passion</t>
   </si>
   <si>
     <t>Jakeš Jan Ing.</t>
   </si>
   <si>
     <t>Lamač František</t>
   </si>
   <si>
+    <t>Šrajer David</t>
+  </si>
+  <si>
+    <t>RSK Orlice-MIVARDI</t>
+  </si>
+  <si>
+    <t>Csernyanszká Pavlína</t>
+  </si>
+  <si>
+    <t>Lakoš Gustav Ing.</t>
+  </si>
+  <si>
+    <t>Rys Jaroslav</t>
+  </si>
+  <si>
+    <t>Rovnaník Zdeněk ml.</t>
+  </si>
+  <si>
+    <t>Louda Václav</t>
+  </si>
+  <si>
+    <t>Plzeň 1A - MAVER</t>
+  </si>
+  <si>
+    <t>Kadlec Vratislav</t>
+  </si>
+  <si>
+    <t>Samlík Libor</t>
+  </si>
+  <si>
+    <t>Oudrán Stanislav</t>
+  </si>
+  <si>
+    <t>Hrazdil Jiří Ing.</t>
+  </si>
+  <si>
+    <t>Kyselovský Tomáš</t>
+  </si>
+  <si>
+    <t>ČRS MO Ostrava - SENZAS</t>
+  </si>
+  <si>
+    <t>Bačinová Barbora</t>
+  </si>
+  <si>
+    <t>Pávek Martin</t>
+  </si>
+  <si>
+    <t>Zrůstek Martin Ing.</t>
+  </si>
+  <si>
+    <t>Flanderka Michal Ing.</t>
+  </si>
+  <si>
+    <t>Procházka Oto</t>
+  </si>
+  <si>
+    <t>Happyfishing</t>
+  </si>
+  <si>
+    <t>Kosmák Josef</t>
+  </si>
+  <si>
+    <t>Milewski Zbigniew</t>
+  </si>
+  <si>
+    <t>Šipoš Ladislav</t>
+  </si>
+  <si>
+    <t>MO ČRS Předměřice nad Jizerou</t>
+  </si>
+  <si>
+    <t>Enderes Jan</t>
+  </si>
+  <si>
+    <t>Toužimský Jakub</t>
+  </si>
+  <si>
+    <t>Borovička Pavel</t>
+  </si>
+  <si>
+    <t>Poháry sport hobby - Mor. Budějovice - SENSAS</t>
+  </si>
+  <si>
+    <t>Vysoký Antonín</t>
+  </si>
+  <si>
+    <t>Vavřín Václav</t>
+  </si>
+  <si>
+    <t>Kocián Martin</t>
+  </si>
+  <si>
+    <t>Vytřas Radim</t>
+  </si>
+  <si>
+    <t>Mádle Karel</t>
+  </si>
+  <si>
+    <t>Kouřil Petr Ing.</t>
+  </si>
+  <si>
+    <t>Pospíšil Radek</t>
+  </si>
+  <si>
+    <t>Kubín Jiří</t>
+  </si>
+  <si>
     <t>MO ČRS Praha 10 - Vinohrady - MIVARDI</t>
-  </si>
-[...106 lines deleted...]
-    <t>Kubín Jiří</t>
   </si>
   <si>
     <t>Burda David</t>
   </si>
   <si>
     <t>Vyslyšel Vladimír ml.</t>
   </si>
   <si>
     <t>Štiková Jana</t>
   </si>
   <si>
     <t>Böhm Aleš</t>
   </si>
   <si>
     <t xml:space="preserve">MO ČRS Štětí - WURMA </t>
   </si>
   <si>
     <t>Vocel Viktor</t>
   </si>
   <si>
     <t>Kadeřábek Jaroslav</t>
   </si>
   <si>
     <t>Bárta Martin</t>
   </si>
@@ -3642,922 +3642,922 @@
         <v>14</v>
       </c>
       <c r="G62" s="9">
         <v>246</v>
       </c>
       <c r="H62" s="9">
         <v>240</v>
       </c>
       <c r="I62" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="4">
         <v>59</v>
       </c>
       <c r="B63" s="6">
         <v>1505</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>105</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="E63" s="8" t="s">
-        <v>106</v>
+      <c r="E63" s="5" t="s">
+        <v>89</v>
       </c>
       <c r="F63" s="9">
         <v>16</v>
       </c>
       <c r="G63" s="9">
         <v>260</v>
       </c>
       <c r="H63" s="9">
         <v>240</v>
       </c>
       <c r="I63" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="4">
         <v>60</v>
       </c>
       <c r="B64" s="6">
         <v>3676</v>
       </c>
       <c r="C64" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="5" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F64" s="9">
         <v>14</v>
       </c>
       <c r="G64" s="9">
         <v>251</v>
       </c>
       <c r="H64" s="9">
         <v>238</v>
       </c>
       <c r="I64" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="4">
         <v>61</v>
       </c>
       <c r="B65" s="6">
         <v>6401</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E65" s="8" t="s">
         <v>100</v>
       </c>
       <c r="F65" s="9">
         <v>20</v>
       </c>
       <c r="G65" s="9">
         <v>349</v>
       </c>
       <c r="H65" s="9">
         <v>238</v>
       </c>
       <c r="I65" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="4">
         <v>62</v>
       </c>
       <c r="B66" s="6">
         <v>2187</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="8" t="s">
         <v>46</v>
       </c>
       <c r="F66" s="9">
         <v>13</v>
       </c>
       <c r="G66" s="9">
         <v>239</v>
       </c>
       <c r="H66" s="9">
         <v>236</v>
       </c>
       <c r="I66" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="4">
         <v>63</v>
       </c>
       <c r="B67" s="6">
         <v>110</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F67" s="9">
         <v>10</v>
       </c>
       <c r="G67" s="9">
         <v>234</v>
       </c>
       <c r="H67" s="9">
         <v>234</v>
       </c>
       <c r="I67" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="4">
         <v>64</v>
       </c>
       <c r="B68" s="6">
         <v>2210</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F68" s="9">
         <v>12</v>
       </c>
       <c r="G68" s="9">
         <v>226</v>
       </c>
       <c r="H68" s="9">
         <v>226</v>
       </c>
       <c r="I68" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="4">
         <v>65</v>
       </c>
       <c r="B69" s="6">
         <v>2782</v>
       </c>
       <c r="C69" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="5" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F69" s="9">
         <v>12</v>
       </c>
       <c r="G69" s="9">
         <v>226</v>
       </c>
       <c r="H69" s="9">
         <v>226</v>
       </c>
       <c r="I69" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="4">
         <v>66</v>
       </c>
       <c r="B70" s="6">
         <v>2068</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>54</v>
       </c>
       <c r="F70" s="9">
         <v>15</v>
       </c>
       <c r="G70" s="9">
         <v>240</v>
       </c>
       <c r="H70" s="9">
         <v>225</v>
       </c>
       <c r="I70" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="4">
         <v>67</v>
       </c>
       <c r="B71" s="6">
         <v>75</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>94</v>
       </c>
       <c r="F71" s="9">
         <v>10</v>
       </c>
       <c r="G71" s="9">
         <v>224</v>
       </c>
       <c r="H71" s="9">
         <v>224</v>
       </c>
       <c r="I71" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="4">
         <v>68</v>
       </c>
       <c r="B72" s="6">
         <v>2393</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>89</v>
       </c>
       <c r="F72" s="9">
         <v>12</v>
       </c>
       <c r="G72" s="9">
         <v>221</v>
       </c>
       <c r="H72" s="9">
         <v>221</v>
       </c>
       <c r="I72" s="9">
         <v>3</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="4">
         <v>69</v>
       </c>
       <c r="B73" s="6">
         <v>2407</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F73" s="9">
         <v>23</v>
       </c>
       <c r="G73" s="9">
         <v>291</v>
       </c>
       <c r="H73" s="9">
         <v>221</v>
       </c>
       <c r="I73" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="4">
         <v>70</v>
       </c>
       <c r="B74" s="6">
         <v>1462</v>
       </c>
       <c r="C74" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="5" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="F74" s="9">
         <v>13</v>
       </c>
       <c r="G74" s="9">
         <v>220</v>
       </c>
       <c r="H74" s="9">
         <v>220</v>
       </c>
       <c r="I74" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="4">
         <v>71</v>
       </c>
       <c r="B75" s="6">
         <v>1803</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F75" s="9">
         <v>18</v>
       </c>
       <c r="G75" s="9">
         <v>332</v>
       </c>
       <c r="H75" s="9">
         <v>218</v>
       </c>
       <c r="I75" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="4">
         <v>72</v>
       </c>
       <c r="B76" s="6">
         <v>569</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>65</v>
       </c>
       <c r="F76" s="9">
         <v>8</v>
       </c>
       <c r="G76" s="9">
         <v>217</v>
       </c>
       <c r="H76" s="9">
         <v>217</v>
       </c>
       <c r="I76" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="4">
         <v>73</v>
       </c>
       <c r="B77" s="6">
         <v>287</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>40</v>
       </c>
       <c r="F77" s="9">
         <v>18</v>
       </c>
       <c r="G77" s="9">
         <v>227</v>
       </c>
       <c r="H77" s="9">
         <v>214</v>
       </c>
       <c r="I77" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="4">
         <v>74</v>
       </c>
       <c r="B78" s="6">
         <v>2922</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>35</v>
       </c>
       <c r="F78" s="9">
         <v>11</v>
       </c>
       <c r="G78" s="9">
         <v>213</v>
       </c>
       <c r="H78" s="9">
         <v>213</v>
       </c>
       <c r="I78" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="4">
         <v>75</v>
       </c>
       <c r="B79" s="6">
         <v>3637</v>
       </c>
       <c r="C79" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" s="5" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F79" s="9">
         <v>14</v>
       </c>
       <c r="G79" s="9">
         <v>217</v>
       </c>
       <c r="H79" s="9">
         <v>212</v>
       </c>
       <c r="I79" s="9">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="4">
         <v>76</v>
       </c>
       <c r="B80" s="6">
         <v>88</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>30</v>
       </c>
       <c r="F80" s="9">
         <v>14</v>
       </c>
       <c r="G80" s="9">
         <v>213</v>
       </c>
       <c r="H80" s="9">
         <v>212</v>
       </c>
       <c r="I80" s="9">
         <v>8</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="4">
         <v>77</v>
       </c>
       <c r="B81" s="6">
         <v>3551</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>48</v>
       </c>
       <c r="F81" s="9">
         <v>9</v>
       </c>
       <c r="G81" s="9">
         <v>211</v>
       </c>
       <c r="H81" s="9">
         <v>211</v>
       </c>
       <c r="I81" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="4">
         <v>78</v>
       </c>
       <c r="B82" s="6">
         <v>3215</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F82" s="9">
         <v>14</v>
       </c>
       <c r="G82" s="9">
         <v>247</v>
       </c>
       <c r="H82" s="9">
         <v>210</v>
       </c>
       <c r="I82" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="4">
         <v>79</v>
       </c>
       <c r="B83" s="6">
         <v>219</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>30</v>
       </c>
       <c r="F83" s="9">
         <v>16</v>
       </c>
       <c r="G83" s="9">
         <v>211</v>
       </c>
       <c r="H83" s="9">
         <v>210</v>
       </c>
       <c r="I83" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="4">
         <v>80</v>
       </c>
       <c r="B84" s="6">
         <v>2552</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>56</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>57</v>
       </c>
       <c r="F84" s="9">
         <v>19</v>
       </c>
       <c r="G84" s="9">
         <v>385</v>
       </c>
       <c r="H84" s="9">
         <v>209</v>
       </c>
       <c r="I84" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="4">
         <v>81</v>
       </c>
       <c r="B85" s="6">
         <v>2864</v>
       </c>
       <c r="C85" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" s="8" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F85" s="9">
         <v>10</v>
       </c>
       <c r="G85" s="9">
         <v>206</v>
       </c>
       <c r="H85" s="9">
         <v>206</v>
       </c>
       <c r="I85" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="4">
         <v>82</v>
       </c>
       <c r="B86" s="6">
         <v>1105</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>61</v>
       </c>
       <c r="F86" s="9">
         <v>14</v>
       </c>
       <c r="G86" s="9">
         <v>207</v>
       </c>
       <c r="H86" s="9">
         <v>206</v>
       </c>
       <c r="I86" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="4">
         <v>83</v>
       </c>
       <c r="B87" s="6">
         <v>3398</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>56</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F87" s="9">
         <v>20</v>
       </c>
       <c r="G87" s="9">
         <v>370</v>
       </c>
       <c r="H87" s="9">
         <v>205</v>
       </c>
       <c r="I87" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="4">
         <v>84</v>
       </c>
       <c r="B88" s="6">
         <v>966</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>96</v>
       </c>
       <c r="F88" s="9">
         <v>8</v>
       </c>
       <c r="G88" s="9">
         <v>204</v>
       </c>
       <c r="H88" s="9">
         <v>204</v>
       </c>
       <c r="I88" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="4">
         <v>85</v>
       </c>
       <c r="B89" s="6">
         <v>2182</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F89" s="9">
         <v>10</v>
       </c>
       <c r="G89" s="9">
         <v>204</v>
       </c>
       <c r="H89" s="9">
         <v>204</v>
       </c>
       <c r="I89" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="4">
         <v>86</v>
       </c>
       <c r="B90" s="6">
         <v>1805</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F90" s="9">
         <v>16</v>
       </c>
       <c r="G90" s="9">
         <v>222</v>
       </c>
       <c r="H90" s="9">
         <v>204</v>
       </c>
       <c r="I90" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="4">
         <v>87</v>
       </c>
       <c r="B91" s="6">
         <v>1433</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>91</v>
       </c>
       <c r="F91" s="9">
         <v>17</v>
       </c>
       <c r="G91" s="9">
         <v>220</v>
       </c>
       <c r="H91" s="9">
         <v>203</v>
       </c>
       <c r="I91" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="4">
         <v>88</v>
       </c>
       <c r="B92" s="6">
         <v>3499</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F92" s="9">
         <v>21</v>
       </c>
       <c r="G92" s="9">
         <v>228</v>
       </c>
       <c r="H92" s="9">
         <v>201</v>
       </c>
       <c r="I92" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="4">
         <v>89</v>
       </c>
       <c r="B93" s="6">
         <v>1065</v>
       </c>
       <c r="C93" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" s="8" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F93" s="9">
         <v>14</v>
       </c>
       <c r="G93" s="9">
         <v>210</v>
       </c>
       <c r="H93" s="9">
         <v>200</v>
       </c>
       <c r="I93" s="9">
         <v>8</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="4">
         <v>90</v>
       </c>
       <c r="B94" s="6">
         <v>3046</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D94" s="5" t="s">
@@ -4571,51 +4571,51 @@
       </c>
       <c r="G94" s="9">
         <v>199</v>
       </c>
       <c r="H94" s="9">
         <v>199</v>
       </c>
       <c r="I94" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="4">
         <v>91</v>
       </c>
       <c r="B95" s="6">
         <v>1133</v>
       </c>
       <c r="C95" s="7" t="s">
         <v>144</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F95" s="9">
         <v>14</v>
       </c>
       <c r="G95" s="9">
         <v>199</v>
       </c>
       <c r="H95" s="9">
         <v>199</v>
       </c>
       <c r="I95" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="4">
         <v>92</v>
       </c>
       <c r="B96" s="6">
         <v>1100</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>145</v>
       </c>
       <c r="D96" s="5" t="s">
@@ -4658,51 +4658,51 @@
       </c>
       <c r="G97" s="9">
         <v>197</v>
       </c>
       <c r="H97" s="9">
         <v>197</v>
       </c>
       <c r="I97" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="4">
         <v>94</v>
       </c>
       <c r="B98" s="6">
         <v>1076</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>148</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="8" t="s">
-        <v>106</v>
+        <v>142</v>
       </c>
       <c r="F98" s="9">
         <v>14</v>
       </c>
       <c r="G98" s="9">
         <v>196</v>
       </c>
       <c r="H98" s="9">
         <v>194</v>
       </c>
       <c r="I98" s="9">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="4">
         <v>95</v>
       </c>
       <c r="B99" s="6">
         <v>3443</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>149</v>
       </c>
       <c r="D99" s="5" t="s">
@@ -4745,51 +4745,51 @@
       </c>
       <c r="G100" s="9">
         <v>295</v>
       </c>
       <c r="H100" s="9">
         <v>191</v>
       </c>
       <c r="I100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="6">
         <v>2878</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F101" s="9">
         <v>16</v>
       </c>
       <c r="G101" s="9">
         <v>196</v>
       </c>
       <c r="H101" s="9">
         <v>191</v>
       </c>
       <c r="I101" s="9">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
         <v>98</v>
       </c>
       <c r="B102" s="6">
         <v>1804</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>152</v>
       </c>
       <c r="D102" s="5" t="s">
@@ -4832,51 +4832,51 @@
       </c>
       <c r="G103" s="9">
         <v>188</v>
       </c>
       <c r="H103" s="9">
         <v>188</v>
       </c>
       <c r="I103" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="4">
         <v>100</v>
       </c>
       <c r="B104" s="6">
         <v>1060</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>154</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
-        <v>106</v>
+        <v>142</v>
       </c>
       <c r="F104" s="9">
         <v>10</v>
       </c>
       <c r="G104" s="9">
         <v>182</v>
       </c>
       <c r="H104" s="9">
         <v>182</v>
       </c>
       <c r="I104" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="4">
         <v>101</v>
       </c>
       <c r="B105" s="6">
         <v>3639</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>155</v>
       </c>
       <c r="D105" s="5" t="s">
@@ -4890,80 +4890,80 @@
       </c>
       <c r="G105" s="9">
         <v>342</v>
       </c>
       <c r="H105" s="9">
         <v>182</v>
       </c>
       <c r="I105" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="4">
         <v>102</v>
       </c>
       <c r="B106" s="6">
         <v>71</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>157</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="8" t="s">
-        <v>106</v>
+        <v>142</v>
       </c>
       <c r="F106" s="9">
         <v>9</v>
       </c>
       <c r="G106" s="9">
         <v>179</v>
       </c>
       <c r="H106" s="9">
         <v>179</v>
       </c>
       <c r="I106" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="4">
         <v>103</v>
       </c>
       <c r="B107" s="6">
         <v>1841</v>
       </c>
       <c r="C107" s="7" t="s">
         <v>158</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F107" s="9">
         <v>9</v>
       </c>
       <c r="G107" s="9">
         <v>178</v>
       </c>
       <c r="H107" s="9">
         <v>178</v>
       </c>
       <c r="I107" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="4">
         <v>104</v>
       </c>
       <c r="B108" s="6">
         <v>1995</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D108" s="5" t="s">
@@ -5035,51 +5035,51 @@
       </c>
       <c r="G110" s="9">
         <v>174</v>
       </c>
       <c r="H110" s="9">
         <v>174</v>
       </c>
       <c r="I110" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="4">
         <v>107</v>
       </c>
       <c r="B111" s="6">
         <v>3223</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>164</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F111" s="9">
         <v>13</v>
       </c>
       <c r="G111" s="9">
         <v>179</v>
       </c>
       <c r="H111" s="9">
         <v>173</v>
       </c>
       <c r="I111" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="4">
         <v>108</v>
       </c>
       <c r="B112" s="6">
         <v>2412</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>165</v>
       </c>
       <c r="D112" s="5" t="s">
@@ -5180,51 +5180,51 @@
       </c>
       <c r="G115" s="9">
         <v>166</v>
       </c>
       <c r="H115" s="9">
         <v>166</v>
       </c>
       <c r="I115" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>1748</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>171</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F116" s="9">
         <v>9</v>
       </c>
       <c r="G116" s="9">
         <v>164</v>
       </c>
       <c r="H116" s="9">
         <v>164</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>3496</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>172</v>
       </c>
       <c r="D117" s="5" t="s">
@@ -5789,51 +5789,51 @@
       </c>
       <c r="G136" s="9">
         <v>138</v>
       </c>
       <c r="H136" s="9">
         <v>138</v>
       </c>
       <c r="I136" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="4">
         <v>133</v>
       </c>
       <c r="B137" s="6">
         <v>1327</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>193</v>
       </c>
       <c r="D137" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F137" s="9">
         <v>11</v>
       </c>
       <c r="G137" s="9">
         <v>136</v>
       </c>
       <c r="H137" s="9">
         <v>136</v>
       </c>
       <c r="I137" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="4">
         <v>134</v>
       </c>
       <c r="B138" s="6">
         <v>1729</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>194</v>
       </c>
       <c r="D138" s="5" t="s">
@@ -5992,80 +5992,80 @@
       </c>
       <c r="G143" s="9">
         <v>127</v>
       </c>
       <c r="H143" s="9">
         <v>127</v>
       </c>
       <c r="I143" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="4">
         <v>140</v>
       </c>
       <c r="B144" s="6">
         <v>2106</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F144" s="9">
         <v>12</v>
       </c>
       <c r="G144" s="9">
         <v>126</v>
       </c>
       <c r="H144" s="9">
         <v>126</v>
       </c>
       <c r="I144" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="4">
         <v>141</v>
       </c>
       <c r="B145" s="6">
         <v>2921</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>202</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F145" s="9">
         <v>12</v>
       </c>
       <c r="G145" s="9">
         <v>126</v>
       </c>
       <c r="H145" s="9">
         <v>126</v>
       </c>
       <c r="I145" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="4">
         <v>142</v>
       </c>
       <c r="B146" s="6">
         <v>39</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>203</v>
       </c>
       <c r="D146" s="5" t="s">
@@ -6253,51 +6253,51 @@
       </c>
       <c r="G152" s="9">
         <v>112</v>
       </c>
       <c r="H152" s="9">
         <v>112</v>
       </c>
       <c r="I152" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="4">
         <v>149</v>
       </c>
       <c r="B153" s="6">
         <v>2580</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>211</v>
       </c>
       <c r="D153" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F153" s="9">
         <v>6</v>
       </c>
       <c r="G153" s="9">
         <v>112</v>
       </c>
       <c r="H153" s="9">
         <v>112</v>
       </c>
       <c r="I153" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="4">
         <v>150</v>
       </c>
       <c r="B154" s="6">
         <v>1320</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>212</v>
       </c>
       <c r="D154" s="5" t="s">
@@ -6630,51 +6630,51 @@
       </c>
       <c r="G165" s="9">
         <v>98</v>
       </c>
       <c r="H165" s="9">
         <v>98</v>
       </c>
       <c r="I165" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="4">
         <v>162</v>
       </c>
       <c r="B166" s="6">
         <v>1143</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>226</v>
       </c>
       <c r="D166" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F166" s="9">
         <v>9</v>
       </c>
       <c r="G166" s="9">
         <v>97</v>
       </c>
       <c r="H166" s="9">
         <v>97</v>
       </c>
       <c r="I166" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="4">
         <v>163</v>
       </c>
       <c r="B167" s="6">
         <v>2553</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>227</v>
       </c>
       <c r="D167" s="5" t="s">
@@ -6775,51 +6775,51 @@
       </c>
       <c r="G170" s="9">
         <v>93</v>
       </c>
       <c r="H170" s="9">
         <v>93</v>
       </c>
       <c r="I170" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="4">
         <v>167</v>
       </c>
       <c r="B171" s="6">
         <v>1710</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>231</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F171" s="9">
         <v>6</v>
       </c>
       <c r="G171" s="9">
         <v>91</v>
       </c>
       <c r="H171" s="9">
         <v>91</v>
       </c>
       <c r="I171" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="4">
         <v>168</v>
       </c>
       <c r="B172" s="6">
         <v>788</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>232</v>
       </c>
       <c r="D172" s="5" t="s">
@@ -6833,80 +6833,80 @@
       </c>
       <c r="G172" s="9">
         <v>91</v>
       </c>
       <c r="H172" s="9">
         <v>91</v>
       </c>
       <c r="I172" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="4">
         <v>169</v>
       </c>
       <c r="B173" s="6">
         <v>2799</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>233</v>
       </c>
       <c r="D173" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F173" s="9">
         <v>6</v>
       </c>
       <c r="G173" s="9">
         <v>89</v>
       </c>
       <c r="H173" s="9">
         <v>89</v>
       </c>
       <c r="I173" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="4">
         <v>170</v>
       </c>
       <c r="B174" s="6">
         <v>489</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>234</v>
       </c>
       <c r="D174" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F174" s="9">
         <v>7</v>
       </c>
       <c r="G174" s="9">
         <v>87</v>
       </c>
       <c r="H174" s="9">
         <v>87</v>
       </c>
       <c r="I174" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="4">
         <v>171</v>
       </c>
       <c r="B175" s="6">
         <v>62</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>235</v>
       </c>
       <c r="D175" s="5" t="s">
@@ -6920,51 +6920,51 @@
       </c>
       <c r="G175" s="9">
         <v>85</v>
       </c>
       <c r="H175" s="9">
         <v>85</v>
       </c>
       <c r="I175" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="4">
         <v>172</v>
       </c>
       <c r="B176" s="6">
         <v>2105</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>236</v>
       </c>
       <c r="D176" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F176" s="9">
         <v>6</v>
       </c>
       <c r="G176" s="9">
         <v>83</v>
       </c>
       <c r="H176" s="9">
         <v>83</v>
       </c>
       <c r="I176" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="4">
         <v>173</v>
       </c>
       <c r="B177" s="6">
         <v>25</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>237</v>
       </c>
       <c r="D177" s="5" t="s">
@@ -7036,51 +7036,51 @@
       </c>
       <c r="G179" s="9">
         <v>80</v>
       </c>
       <c r="H179" s="9">
         <v>80</v>
       </c>
       <c r="I179" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="4">
         <v>176</v>
       </c>
       <c r="B180" s="6">
         <v>3791</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>240</v>
       </c>
       <c r="D180" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F180" s="9">
         <v>6</v>
       </c>
       <c r="G180" s="9">
         <v>80</v>
       </c>
       <c r="H180" s="9">
         <v>80</v>
       </c>
       <c r="I180" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="4">
         <v>177</v>
       </c>
       <c r="B181" s="6">
         <v>3211</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>241</v>
       </c>
       <c r="D181" s="5" t="s">
@@ -7181,51 +7181,51 @@
       </c>
       <c r="G184" s="9">
         <v>216</v>
       </c>
       <c r="H184" s="9">
         <v>78</v>
       </c>
       <c r="I184" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="4">
         <v>181</v>
       </c>
       <c r="B185" s="6">
         <v>1241</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>247</v>
       </c>
       <c r="D185" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="8" t="s">
-        <v>106</v>
+        <v>142</v>
       </c>
       <c r="F185" s="9">
         <v>4</v>
       </c>
       <c r="G185" s="9">
         <v>76</v>
       </c>
       <c r="H185" s="9">
         <v>76</v>
       </c>
       <c r="I185" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="4">
         <v>182</v>
       </c>
       <c r="B186" s="6">
         <v>1079</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>248</v>
       </c>
       <c r="D186" s="5" t="s">
@@ -7297,51 +7297,51 @@
       </c>
       <c r="G188" s="9">
         <v>88</v>
       </c>
       <c r="H188" s="9">
         <v>76</v>
       </c>
       <c r="I188" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="4">
         <v>185</v>
       </c>
       <c r="B189" s="6">
         <v>3191</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>253</v>
       </c>
       <c r="D189" s="5" t="s">
         <v>244</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F189" s="9">
         <v>18</v>
       </c>
       <c r="G189" s="9">
         <v>223</v>
       </c>
       <c r="H189" s="9">
         <v>76</v>
       </c>
       <c r="I189" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="4">
         <v>186</v>
       </c>
       <c r="B190" s="6">
         <v>1878</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>254</v>
       </c>
       <c r="D190" s="5" t="s">
@@ -7413,51 +7413,51 @@
       </c>
       <c r="G192" s="9">
         <v>72</v>
       </c>
       <c r="H192" s="9">
         <v>72</v>
       </c>
       <c r="I192" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="4">
         <v>189</v>
       </c>
       <c r="B193" s="6">
         <v>3031</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>259</v>
       </c>
       <c r="D193" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F193" s="9">
         <v>6</v>
       </c>
       <c r="G193" s="9">
         <v>72</v>
       </c>
       <c r="H193" s="9">
         <v>72</v>
       </c>
       <c r="I193" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="4">
         <v>190</v>
       </c>
       <c r="B194" s="6">
         <v>3640</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>260</v>
       </c>
       <c r="D194" s="5" t="s">
@@ -7529,51 +7529,51 @@
       </c>
       <c r="G196" s="9">
         <v>71</v>
       </c>
       <c r="H196" s="9">
         <v>71</v>
       </c>
       <c r="I196" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="4">
         <v>193</v>
       </c>
       <c r="B197" s="6">
         <v>1999</v>
       </c>
       <c r="C197" s="5" t="s">
         <v>263</v>
       </c>
       <c r="D197" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E197" s="5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F197" s="9">
         <v>4</v>
       </c>
       <c r="G197" s="9">
         <v>70</v>
       </c>
       <c r="H197" s="9">
         <v>70</v>
       </c>
       <c r="I197" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="4">
         <v>194</v>
       </c>
       <c r="B198" s="6">
         <v>3732</v>
       </c>
       <c r="C198" s="7" t="s">
         <v>264</v>
       </c>
       <c r="D198" s="5" t="s">
@@ -7819,51 +7819,51 @@
       </c>
       <c r="G206" s="9">
         <v>67</v>
       </c>
       <c r="H206" s="9">
         <v>67</v>
       </c>
       <c r="I206" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="4">
         <v>203</v>
       </c>
       <c r="B207" s="6">
         <v>3076</v>
       </c>
       <c r="C207" s="5" t="s">
         <v>274</v>
       </c>
       <c r="D207" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F207" s="9">
         <v>4</v>
       </c>
       <c r="G207" s="9">
         <v>66</v>
       </c>
       <c r="H207" s="9">
         <v>66</v>
       </c>
       <c r="I207" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="4">
         <v>204</v>
       </c>
       <c r="B208" s="6">
         <v>744</v>
       </c>
       <c r="C208" s="7" t="s">
         <v>275</v>
       </c>
       <c r="D208" s="5" t="s">
@@ -7935,51 +7935,51 @@
       </c>
       <c r="G210" s="9">
         <v>65</v>
       </c>
       <c r="H210" s="9">
         <v>65</v>
       </c>
       <c r="I210" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="4">
         <v>207</v>
       </c>
       <c r="B211" s="6">
         <v>1747</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>280</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F211" s="9">
         <v>4</v>
       </c>
       <c r="G211" s="9">
         <v>65</v>
       </c>
       <c r="H211" s="9">
         <v>65</v>
       </c>
       <c r="I211" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="4">
         <v>208</v>
       </c>
       <c r="B212" s="6">
         <v>1471</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>281</v>
       </c>
       <c r="D212" s="5" t="s">
@@ -8776,80 +8776,80 @@
       </c>
       <c r="G239" s="9">
         <v>53</v>
       </c>
       <c r="H239" s="9">
         <v>53</v>
       </c>
       <c r="I239" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="4">
         <v>236</v>
       </c>
       <c r="B240" s="6">
         <v>2074</v>
       </c>
       <c r="C240" s="5" t="s">
         <v>318</v>
       </c>
       <c r="D240" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F240" s="9">
         <v>4</v>
       </c>
       <c r="G240" s="9">
         <v>53</v>
       </c>
       <c r="H240" s="9">
         <v>53</v>
       </c>
       <c r="I240" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="4">
         <v>237</v>
       </c>
       <c r="B241" s="6">
         <v>2635</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>319</v>
       </c>
       <c r="D241" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F241" s="9">
         <v>5</v>
       </c>
       <c r="G241" s="9">
         <v>53</v>
       </c>
       <c r="H241" s="9">
         <v>53</v>
       </c>
       <c r="I241" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="4">
         <v>238</v>
       </c>
       <c r="B242" s="6">
         <v>821</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>320</v>
       </c>
       <c r="D242" s="5" t="s">
@@ -9298,51 +9298,51 @@
       </c>
       <c r="G257" s="9">
         <v>43</v>
       </c>
       <c r="H257" s="9">
         <v>43</v>
       </c>
       <c r="I257" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" s="4">
         <v>254</v>
       </c>
       <c r="B258" s="6">
         <v>3652</v>
       </c>
       <c r="C258" s="5" t="s">
         <v>339</v>
       </c>
       <c r="D258" s="5" t="s">
         <v>56</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F258" s="9">
         <v>8</v>
       </c>
       <c r="G258" s="9">
         <v>84</v>
       </c>
       <c r="H258" s="9">
         <v>43</v>
       </c>
       <c r="I258" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="4">
         <v>255</v>
       </c>
       <c r="B259" s="6">
         <v>2415</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>340</v>
       </c>
       <c r="D259" s="5" t="s">
@@ -9443,51 +9443,51 @@
       </c>
       <c r="G262" s="9">
         <v>42</v>
       </c>
       <c r="H262" s="9">
         <v>42</v>
       </c>
       <c r="I262" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" s="4">
         <v>259</v>
       </c>
       <c r="B263" s="6">
         <v>2861</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>345</v>
       </c>
       <c r="D263" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E263" s="5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F263" s="9">
         <v>6</v>
       </c>
       <c r="G263" s="9">
         <v>42</v>
       </c>
       <c r="H263" s="9">
         <v>42</v>
       </c>
       <c r="I263" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" s="4">
         <v>260</v>
       </c>
       <c r="B264" s="6">
         <v>2837</v>
       </c>
       <c r="C264" s="5" t="s">
         <v>346</v>
       </c>
       <c r="D264" s="5" t="s">
@@ -9849,51 +9849,51 @@
       </c>
       <c r="G276" s="9">
         <v>277</v>
       </c>
       <c r="H276" s="9">
         <v>35</v>
       </c>
       <c r="I276" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" s="4">
         <v>273</v>
       </c>
       <c r="B277" s="6">
         <v>3503</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>364</v>
       </c>
       <c r="D277" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E277" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F277" s="9">
         <v>2</v>
       </c>
       <c r="G277" s="9">
         <v>34</v>
       </c>
       <c r="H277" s="9">
         <v>34</v>
       </c>
       <c r="I277" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" s="4">
         <v>274</v>
       </c>
       <c r="B278" s="6">
         <v>3607</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>365</v>
       </c>
       <c r="D278" s="5" t="s">
@@ -10226,51 +10226,51 @@
       </c>
       <c r="G289" s="9">
         <v>26</v>
       </c>
       <c r="H289" s="9">
         <v>26</v>
       </c>
       <c r="I289" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" s="4">
         <v>286</v>
       </c>
       <c r="B290" s="6">
         <v>3408</v>
       </c>
       <c r="C290" s="5" t="s">
         <v>381</v>
       </c>
       <c r="D290" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E290" s="5" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F290" s="9">
         <v>2</v>
       </c>
       <c r="G290" s="9">
         <v>25</v>
       </c>
       <c r="H290" s="9">
         <v>25</v>
       </c>
       <c r="I290" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" s="4">
         <v>287</v>
       </c>
       <c r="B291" s="6">
         <v>3821</v>
       </c>
       <c r="C291" s="5" t="s">
         <v>382</v>
       </c>
       <c r="D291" s="5" t="s">
@@ -10603,80 +10603,80 @@
       </c>
       <c r="G302" s="9">
         <v>18</v>
       </c>
       <c r="H302" s="9">
         <v>18</v>
       </c>
       <c r="I302" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" s="4">
         <v>299</v>
       </c>
       <c r="B303" s="6">
         <v>3629</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>397</v>
       </c>
       <c r="D303" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E303" s="5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F303" s="9">
         <v>4</v>
       </c>
       <c r="G303" s="9">
         <v>18</v>
       </c>
       <c r="H303" s="9">
         <v>18</v>
       </c>
       <c r="I303" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" s="4">
         <v>300</v>
       </c>
       <c r="B304" s="6">
         <v>2994</v>
       </c>
       <c r="C304" s="5" t="s">
         <v>398</v>
       </c>
       <c r="D304" s="5" t="s">
         <v>399</v>
       </c>
       <c r="E304" s="5" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F304" s="9">
         <v>4</v>
       </c>
       <c r="G304" s="9">
         <v>18</v>
       </c>
       <c r="H304" s="9">
         <v>18</v>
       </c>
       <c r="I304" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" s="4">
         <v>301</v>
       </c>
       <c r="B305" s="6">
         <v>768</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>400</v>
       </c>
       <c r="D305" s="5" t="s">
@@ -11038,51 +11038,51 @@
       </c>
       <c r="G317" s="9">
         <v>139</v>
       </c>
       <c r="H317" s="9">
         <v>8</v>
       </c>
       <c r="I317" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" s="4">
         <v>314</v>
       </c>
       <c r="B318" s="6">
         <v>48</v>
       </c>
       <c r="C318" s="5" t="s">
         <v>418</v>
       </c>
       <c r="D318" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E318" s="5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F318" s="9">
         <v>2</v>
       </c>
       <c r="G318" s="9">
         <v>6</v>
       </c>
       <c r="H318" s="9">
         <v>6</v>
       </c>
       <c r="I318" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" s="4">
         <v>315</v>
       </c>
       <c r="B319" s="6">
         <v>8</v>
       </c>
       <c r="C319" s="5" t="s">
         <v>419</v>
       </c>
       <c r="D319" s="5" t="s">
@@ -12045,80 +12045,80 @@
       </c>
       <c r="E14" s="8" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="9">
         <v>13</v>
       </c>
       <c r="G14" s="9">
         <v>276</v>
       </c>
       <c r="H14" s="9">
         <v>270</v>
       </c>
       <c r="I14" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>6401</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>100</v>
       </c>
       <c r="F15" s="9">
         <v>18</v>
       </c>
       <c r="G15" s="9">
         <v>299</v>
       </c>
       <c r="H15" s="9">
         <v>264</v>
       </c>
       <c r="I15" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>1803</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="9">
         <v>16</v>
       </c>
       <c r="G16" s="9">
         <v>275</v>
       </c>
       <c r="H16" s="9">
         <v>262</v>
       </c>
       <c r="I16" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="6">
@@ -12132,138 +12132,138 @@
       </c>
       <c r="E17" s="8" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="9">
         <v>17</v>
       </c>
       <c r="G17" s="9">
         <v>263</v>
       </c>
       <c r="H17" s="9">
         <v>241</v>
       </c>
       <c r="I17" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
       <c r="B18" s="6">
         <v>3215</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F18" s="9">
         <v>14</v>
       </c>
       <c r="G18" s="9">
         <v>247</v>
       </c>
       <c r="H18" s="9">
         <v>240</v>
       </c>
       <c r="I18" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
       <c r="B19" s="6">
         <v>2182</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F19" s="9">
         <v>10</v>
       </c>
       <c r="G19" s="9">
         <v>204</v>
       </c>
       <c r="H19" s="9">
         <v>204</v>
       </c>
       <c r="I19" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
       <c r="B20" s="6">
         <v>1805</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F20" s="9">
         <v>16</v>
       </c>
       <c r="G20" s="9">
         <v>222</v>
       </c>
       <c r="H20" s="9">
         <v>204</v>
       </c>
       <c r="I20" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
       <c r="B21" s="6">
         <v>1433</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>91</v>
       </c>
       <c r="F21" s="9">
         <v>17</v>
       </c>
       <c r="G21" s="9">
         <v>220</v>
       </c>
       <c r="H21" s="9">
         <v>203</v>
       </c>
       <c r="I21" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="4">
         <v>18</v>
       </c>
       <c r="B22" s="6">
@@ -12602,51 +12602,51 @@
       </c>
       <c r="G33" s="9">
         <v>75</v>
       </c>
       <c r="H33" s="9">
         <v>75</v>
       </c>
       <c r="I33" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="4">
         <v>30</v>
       </c>
       <c r="B34" s="6">
         <v>1999</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>263</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F34" s="9">
         <v>4</v>
       </c>
       <c r="G34" s="9">
         <v>70</v>
       </c>
       <c r="H34" s="9">
         <v>70</v>
       </c>
       <c r="I34" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="4">
         <v>31</v>
       </c>
       <c r="B35" s="6">
         <v>2071</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D35" s="5" t="s">
@@ -12834,51 +12834,51 @@
       </c>
       <c r="G41" s="9">
         <v>43</v>
       </c>
       <c r="H41" s="9">
         <v>43</v>
       </c>
       <c r="I41" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="4">
         <v>38</v>
       </c>
       <c r="B42" s="6">
         <v>3408</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>381</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F42" s="9">
         <v>2</v>
       </c>
       <c r="G42" s="9">
         <v>25</v>
       </c>
       <c r="H42" s="9">
         <v>25</v>
       </c>
       <c r="I42" s="9">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -13002,51 +13002,51 @@
       </c>
       <c r="E5" s="5" t="s">
         <v>57</v>
       </c>
       <c r="F5" s="9">
         <v>23</v>
       </c>
       <c r="G5" s="9">
         <v>447</v>
       </c>
       <c r="H5" s="9">
         <v>304</v>
       </c>
       <c r="I5" s="9">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="6">
         <v>2552</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>56</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>57</v>
       </c>
       <c r="F6" s="9">
         <v>19</v>
       </c>
       <c r="G6" s="9">
         <v>385</v>
       </c>
       <c r="H6" s="9">
         <v>299</v>
       </c>
       <c r="I6" s="9">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6">
@@ -13089,57 +13089,57 @@
       </c>
       <c r="E8" s="5" t="s">
         <v>73</v>
       </c>
       <c r="F8" s="9">
         <v>16</v>
       </c>
       <c r="G8" s="9">
         <v>357</v>
       </c>
       <c r="H8" s="9">
         <v>290</v>
       </c>
       <c r="I8" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>3398</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>56</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F9" s="9">
         <v>20</v>
       </c>
       <c r="G9" s="9">
         <v>370</v>
       </c>
       <c r="H9" s="9">
         <v>290</v>
       </c>
       <c r="I9" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6">
         <v>2956</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D10" s="5" t="s">
@@ -13269,51 +13269,51 @@
       </c>
       <c r="G14" s="9">
         <v>183</v>
       </c>
       <c r="H14" s="9">
         <v>176</v>
       </c>
       <c r="I14" s="9">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>3191</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>253</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>244</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F15" s="9">
         <v>16</v>
       </c>
       <c r="G15" s="9">
         <v>179</v>
       </c>
       <c r="H15" s="9">
         <v>171</v>
       </c>
       <c r="I15" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>3184</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>173</v>
       </c>
       <c r="D16" s="5" t="s">
@@ -13501,51 +13501,51 @@
       </c>
       <c r="G22" s="9">
         <v>84</v>
       </c>
       <c r="H22" s="9">
         <v>84</v>
       </c>
       <c r="I22" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
       <c r="B23" s="6">
         <v>3652</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>339</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>56</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F23" s="9">
         <v>8</v>
       </c>
       <c r="G23" s="9">
         <v>84</v>
       </c>
       <c r="H23" s="9">
         <v>84</v>
       </c>
       <c r="I23" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="4">
         <v>20</v>
       </c>
       <c r="B24" s="6">
         <v>2050</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>306</v>
       </c>
       <c r="D24" s="5" t="s">
@@ -15146,115 +15146,115 @@
       </c>
       <c r="E8" s="8" t="s">
         <v>84</v>
       </c>
       <c r="F8" s="9">
         <v>21</v>
       </c>
       <c r="G8" s="9">
         <v>370</v>
       </c>
       <c r="H8" s="9">
         <v>295</v>
       </c>
       <c r="I8" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>6401</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>100</v>
       </c>
       <c r="F9" s="9">
         <v>16</v>
       </c>
       <c r="G9" s="9">
         <v>292</v>
       </c>
       <c r="H9" s="9">
         <v>272</v>
       </c>
       <c r="I9" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6">
         <v>1803</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="9">
         <v>16</v>
       </c>
       <c r="G10" s="9">
         <v>280</v>
       </c>
       <c r="H10" s="9">
         <v>267</v>
       </c>
       <c r="I10" s="9">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>1100</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>145</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="E11" s="5" t="s">
-        <v>89</v>
+      <c r="E11" s="8" t="s">
+        <v>142</v>
       </c>
       <c r="F11" s="9">
         <v>14</v>
       </c>
       <c r="G11" s="9">
         <v>242</v>
       </c>
       <c r="H11" s="9">
         <v>231</v>
       </c>
       <c r="I11" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
         <v>3117</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>245</v>
       </c>
       <c r="D12" s="5" t="s">
@@ -15268,51 +15268,51 @@
       </c>
       <c r="G12" s="9">
         <v>120</v>
       </c>
       <c r="H12" s="9">
         <v>120</v>
       </c>
       <c r="I12" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
       <c r="B13" s="6">
         <v>3191</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>253</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>244</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F13" s="9">
         <v>10</v>
       </c>
       <c r="G13" s="9">
         <v>120</v>
       </c>
       <c r="H13" s="9">
         <v>120</v>
       </c>
       <c r="I13" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>3300</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>337</v>
       </c>
       <c r="D14" s="5" t="s">