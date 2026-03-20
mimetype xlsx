--- v0 (2026-02-01)
+++ v1 (2026-03-20)
@@ -414,87 +414,87 @@
   <si>
     <t>Kostka Jaroslav Ing.</t>
   </si>
   <si>
     <t>Vyčichl Michal</t>
   </si>
   <si>
     <t>Daemons - RSK Zámrsk</t>
   </si>
   <si>
     <t>Koukal Michal</t>
   </si>
   <si>
     <t>Šipoš Ladislav</t>
   </si>
   <si>
     <t>Krejsa Jakub</t>
   </si>
   <si>
     <t>Mádle Karel</t>
   </si>
   <si>
     <t>Štiková Jana</t>
   </si>
   <si>
+    <t>MO ČRS Praha 10 - Vinohrady - MIVARDI</t>
+  </si>
+  <si>
     <t>Omamik Ján</t>
   </si>
   <si>
     <t>Kochan Pavel</t>
   </si>
   <si>
     <t>MO ČRS Karviná MILO</t>
   </si>
   <si>
     <t>Moravec Pavel</t>
   </si>
   <si>
     <t>Pekař Jaroslav</t>
   </si>
   <si>
     <t>Šimůnek Karel</t>
   </si>
   <si>
     <t>MO ČRS Mělník</t>
   </si>
   <si>
     <t>Kapica Radim</t>
   </si>
   <si>
     <t>MO ČRS Loštice - MILO B</t>
   </si>
   <si>
     <t>Vocel Viktor</t>
   </si>
   <si>
     <t>Zrůstek Martin Ing.</t>
   </si>
   <si>
     <t>Maroušek Jan</t>
-  </si>
-[...1 lines deleted...]
-    <t>MO ČRS Praha 10 - Vinohrady - MIVARDI</t>
   </si>
   <si>
     <t>Skalka Igor</t>
   </si>
   <si>
     <t>Matej Jiří</t>
   </si>
   <si>
     <t>MO MRS Uherské Hradiště PRESTON</t>
   </si>
   <si>
     <t>Lakoš Gustav Ing.</t>
   </si>
   <si>
     <t>Kouřil Petr Ing.</t>
   </si>
   <si>
     <t>Petráček Ota</t>
   </si>
   <si>
     <t>Janků Petr</t>
   </si>
   <si>
     <t>Marek Michal</t>
   </si>
@@ -4208,313 +4208,313 @@
         <v>20</v>
       </c>
       <c r="G84" s="9">
         <v>257</v>
       </c>
       <c r="H84" s="9">
         <v>222</v>
       </c>
       <c r="I84" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="4">
         <v>81</v>
       </c>
       <c r="B85" s="6">
         <v>1100</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>129</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="E85" s="5" t="s">
-        <v>80</v>
+      <c r="E85" s="8" t="s">
+        <v>130</v>
       </c>
       <c r="F85" s="9">
         <v>10</v>
       </c>
       <c r="G85" s="9">
         <v>221</v>
       </c>
       <c r="H85" s="9">
         <v>221</v>
       </c>
       <c r="I85" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="4">
         <v>82</v>
       </c>
       <c r="B86" s="6">
         <v>1143</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>51</v>
       </c>
       <c r="F86" s="9">
         <v>16</v>
       </c>
       <c r="G86" s="9">
         <v>241</v>
       </c>
       <c r="H86" s="9">
         <v>220</v>
       </c>
       <c r="I86" s="9">
         <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="4">
         <v>83</v>
       </c>
       <c r="B87" s="6">
         <v>111</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F87" s="9">
         <v>14</v>
       </c>
       <c r="G87" s="9">
         <v>218</v>
       </c>
       <c r="H87" s="9">
         <v>215</v>
       </c>
       <c r="I87" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="4">
         <v>84</v>
       </c>
       <c r="B88" s="6">
         <v>25</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>99</v>
       </c>
       <c r="F88" s="9">
         <v>8</v>
       </c>
       <c r="G88" s="9">
         <v>214</v>
       </c>
       <c r="H88" s="9">
         <v>214</v>
       </c>
       <c r="I88" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="4">
         <v>85</v>
       </c>
       <c r="B89" s="6">
         <v>39</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>103</v>
       </c>
       <c r="F89" s="9">
         <v>10</v>
       </c>
       <c r="G89" s="9">
         <v>213</v>
       </c>
       <c r="H89" s="9">
         <v>213</v>
       </c>
       <c r="I89" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="4">
         <v>86</v>
       </c>
       <c r="B90" s="6">
         <v>1507</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F90" s="9">
         <v>12</v>
       </c>
       <c r="G90" s="9">
         <v>213</v>
       </c>
       <c r="H90" s="9">
         <v>213</v>
       </c>
       <c r="I90" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="4">
         <v>87</v>
       </c>
       <c r="B91" s="6">
         <v>3185</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F91" s="9">
         <v>15</v>
       </c>
       <c r="G91" s="9">
         <v>226</v>
       </c>
       <c r="H91" s="9">
         <v>213</v>
       </c>
       <c r="I91" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="4">
         <v>88</v>
       </c>
       <c r="B92" s="6">
         <v>1076</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="E92" s="5" t="s">
-        <v>80</v>
+      <c r="E92" s="8" t="s">
+        <v>130</v>
       </c>
       <c r="F92" s="9">
         <v>10</v>
       </c>
       <c r="G92" s="9">
         <v>212</v>
       </c>
       <c r="H92" s="9">
         <v>212</v>
       </c>
       <c r="I92" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="4">
         <v>89</v>
       </c>
       <c r="B93" s="6">
         <v>287</v>
       </c>
       <c r="C93" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>66</v>
       </c>
       <c r="F93" s="9">
         <v>14</v>
       </c>
       <c r="G93" s="9">
         <v>214</v>
       </c>
       <c r="H93" s="9">
         <v>212</v>
       </c>
       <c r="I93" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="4">
         <v>90</v>
       </c>
       <c r="B94" s="6">
         <v>2969</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E94" s="8" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="F94" s="9">
         <v>19</v>
       </c>
       <c r="G94" s="9">
         <v>353</v>
       </c>
       <c r="H94" s="9">
         <v>209</v>
       </c>
       <c r="I94" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="4">
         <v>91</v>
       </c>
       <c r="B95" s="6">
         <v>3969</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D95" s="5" t="s">
@@ -4644,51 +4644,51 @@
       </c>
       <c r="G99" s="9">
         <v>201</v>
       </c>
       <c r="H99" s="9">
         <v>201</v>
       </c>
       <c r="I99" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>1060</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>149</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="8" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="F100" s="9">
         <v>10</v>
       </c>
       <c r="G100" s="9">
         <v>200</v>
       </c>
       <c r="H100" s="9">
         <v>200</v>
       </c>
       <c r="I100" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="6">
         <v>2193</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D101" s="5" t="s">
@@ -4702,51 +4702,51 @@
       </c>
       <c r="G101" s="9">
         <v>200</v>
       </c>
       <c r="H101" s="9">
         <v>200</v>
       </c>
       <c r="I101" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="4">
         <v>98</v>
       </c>
       <c r="B102" s="6">
         <v>2210</v>
       </c>
       <c r="C102" s="7" t="s">
         <v>151</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F102" s="9">
         <v>10</v>
       </c>
       <c r="G102" s="9">
         <v>199</v>
       </c>
       <c r="H102" s="9">
         <v>199</v>
       </c>
       <c r="I102" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="4">
         <v>99</v>
       </c>
       <c r="B103" s="6">
         <v>3771</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>152</v>
       </c>
       <c r="D103" s="5" t="s">
@@ -4847,51 +4847,51 @@
       </c>
       <c r="G106" s="9">
         <v>195</v>
       </c>
       <c r="H106" s="9">
         <v>195</v>
       </c>
       <c r="I106" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="4">
         <v>103</v>
       </c>
       <c r="B107" s="6">
         <v>71</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="8" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="F107" s="9">
         <v>12</v>
       </c>
       <c r="G107" s="9">
         <v>195</v>
       </c>
       <c r="H107" s="9">
         <v>195</v>
       </c>
       <c r="I107" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="4">
         <v>104</v>
       </c>
       <c r="B108" s="6">
         <v>1804</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>160</v>
       </c>
       <c r="D108" s="5" t="s">
@@ -5166,51 +5166,51 @@
       </c>
       <c r="G117" s="9">
         <v>184</v>
       </c>
       <c r="H117" s="9">
         <v>184</v>
       </c>
       <c r="I117" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="4">
         <v>114</v>
       </c>
       <c r="B118" s="6">
         <v>1057</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>172</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F118" s="9">
         <v>12</v>
       </c>
       <c r="G118" s="9">
         <v>183</v>
       </c>
       <c r="H118" s="9">
         <v>183</v>
       </c>
       <c r="I118" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="4">
         <v>115</v>
       </c>
       <c r="B119" s="6">
         <v>569</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>173</v>
       </c>
       <c r="D119" s="5" t="s">
@@ -5369,51 +5369,51 @@
       </c>
       <c r="G124" s="9">
         <v>177</v>
       </c>
       <c r="H124" s="9">
         <v>177</v>
       </c>
       <c r="I124" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="4">
         <v>121</v>
       </c>
       <c r="B125" s="6">
         <v>2214</v>
       </c>
       <c r="C125" s="7" t="s">
         <v>180</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F125" s="9">
         <v>16</v>
       </c>
       <c r="G125" s="9">
         <v>286</v>
       </c>
       <c r="H125" s="9">
         <v>177</v>
       </c>
       <c r="I125" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="4">
         <v>122</v>
       </c>
       <c r="B126" s="6">
         <v>1748</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>181</v>
       </c>
       <c r="D126" s="5" t="s">
@@ -5456,51 +5456,51 @@
       </c>
       <c r="G127" s="9">
         <v>181</v>
       </c>
       <c r="H127" s="9">
         <v>172</v>
       </c>
       <c r="I127" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="4">
         <v>124</v>
       </c>
       <c r="B128" s="6">
         <v>1929</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>185</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F128" s="9">
         <v>16</v>
       </c>
       <c r="G128" s="9">
         <v>230</v>
       </c>
       <c r="H128" s="9">
         <v>172</v>
       </c>
       <c r="I128" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="4">
         <v>125</v>
       </c>
       <c r="B129" s="6">
         <v>3731</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D129" s="5" t="s">
@@ -5601,51 +5601,51 @@
       </c>
       <c r="G132" s="9">
         <v>165</v>
       </c>
       <c r="H132" s="9">
         <v>165</v>
       </c>
       <c r="I132" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="4">
         <v>129</v>
       </c>
       <c r="B133" s="6">
         <v>6401</v>
       </c>
       <c r="C133" s="7" t="s">
         <v>191</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F133" s="9">
         <v>15</v>
       </c>
       <c r="G133" s="9">
         <v>258</v>
       </c>
       <c r="H133" s="9">
         <v>164</v>
       </c>
       <c r="I133" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="4">
         <v>130</v>
       </c>
       <c r="B134" s="6">
         <v>1997</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>192</v>
       </c>
       <c r="D134" s="5" t="s">
@@ -5891,51 +5891,51 @@
       </c>
       <c r="G142" s="9">
         <v>154</v>
       </c>
       <c r="H142" s="9">
         <v>154</v>
       </c>
       <c r="I142" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="4">
         <v>139</v>
       </c>
       <c r="B143" s="6">
         <v>196</v>
       </c>
       <c r="C143" s="7" t="s">
         <v>201</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F143" s="9">
         <v>10</v>
       </c>
       <c r="G143" s="9">
         <v>154</v>
       </c>
       <c r="H143" s="9">
         <v>154</v>
       </c>
       <c r="I143" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="4">
         <v>140</v>
       </c>
       <c r="B144" s="6">
         <v>912</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>202</v>
       </c>
       <c r="D144" s="5" t="s">
@@ -6007,51 +6007,51 @@
       </c>
       <c r="G146" s="9">
         <v>157</v>
       </c>
       <c r="H146" s="9">
         <v>153</v>
       </c>
       <c r="I146" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="4">
         <v>143</v>
       </c>
       <c r="B147" s="6">
         <v>201</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>205</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F147" s="9">
         <v>8</v>
       </c>
       <c r="G147" s="9">
         <v>152</v>
       </c>
       <c r="H147" s="9">
         <v>152</v>
       </c>
       <c r="I147" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="4">
         <v>144</v>
       </c>
       <c r="B148" s="6">
         <v>3730</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>206</v>
       </c>
       <c r="D148" s="5" t="s">
@@ -6442,51 +6442,51 @@
       </c>
       <c r="G161" s="9">
         <v>132</v>
       </c>
       <c r="H161" s="9">
         <v>130</v>
       </c>
       <c r="I161" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="4">
         <v>158</v>
       </c>
       <c r="B162" s="6">
         <v>1065</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>224</v>
       </c>
       <c r="D162" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="8" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="F162" s="9">
         <v>10</v>
       </c>
       <c r="G162" s="9">
         <v>123</v>
       </c>
       <c r="H162" s="9">
         <v>123</v>
       </c>
       <c r="I162" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="4">
         <v>159</v>
       </c>
       <c r="B163" s="6">
         <v>3597</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>225</v>
       </c>
       <c r="D163" s="5" t="s">
@@ -6703,51 +6703,51 @@
       </c>
       <c r="G170" s="9">
         <v>116</v>
       </c>
       <c r="H170" s="9">
         <v>116</v>
       </c>
       <c r="I170" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="4">
         <v>167</v>
       </c>
       <c r="B171" s="6">
         <v>2008</v>
       </c>
       <c r="C171" s="7" t="s">
         <v>233</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F171" s="9">
         <v>11</v>
       </c>
       <c r="G171" s="9">
         <v>115</v>
       </c>
       <c r="H171" s="9">
         <v>115</v>
       </c>
       <c r="I171" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="4">
         <v>168</v>
       </c>
       <c r="B172" s="6">
         <v>60</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>234</v>
       </c>
       <c r="D172" s="5" t="s">
@@ -7167,51 +7167,51 @@
       </c>
       <c r="G186" s="9">
         <v>102</v>
       </c>
       <c r="H186" s="9">
         <v>102</v>
       </c>
       <c r="I186" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="4">
         <v>183</v>
       </c>
       <c r="B187" s="6">
         <v>110</v>
       </c>
       <c r="C187" s="5" t="s">
         <v>250</v>
       </c>
       <c r="D187" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F187" s="9">
         <v>6</v>
       </c>
       <c r="G187" s="9">
         <v>101</v>
       </c>
       <c r="H187" s="9">
         <v>101</v>
       </c>
       <c r="I187" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="4">
         <v>184</v>
       </c>
       <c r="B188" s="6">
         <v>1999</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D188" s="5" t="s">
@@ -7544,51 +7544,51 @@
       </c>
       <c r="G199" s="9">
         <v>217</v>
       </c>
       <c r="H199" s="9">
         <v>86</v>
       </c>
       <c r="I199" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="4">
         <v>196</v>
       </c>
       <c r="B200" s="6">
         <v>3487</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>267</v>
       </c>
       <c r="D200" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F200" s="9">
         <v>12</v>
       </c>
       <c r="G200" s="9">
         <v>85</v>
       </c>
       <c r="H200" s="9">
         <v>85</v>
       </c>
       <c r="I200" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="4">
         <v>197</v>
       </c>
       <c r="B201" s="6">
         <v>2580</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>268</v>
       </c>
       <c r="D201" s="5" t="s">
@@ -7805,51 +7805,51 @@
       </c>
       <c r="G208" s="9">
         <v>79</v>
       </c>
       <c r="H208" s="9">
         <v>79</v>
       </c>
       <c r="I208" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="4">
         <v>205</v>
       </c>
       <c r="B209" s="6">
         <v>198</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>277</v>
       </c>
       <c r="D209" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F209" s="9">
         <v>4</v>
       </c>
       <c r="G209" s="9">
         <v>76</v>
       </c>
       <c r="H209" s="9">
         <v>76</v>
       </c>
       <c r="I209" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="4">
         <v>206</v>
       </c>
       <c r="B210" s="6">
         <v>3166</v>
       </c>
       <c r="C210" s="5" t="s">
         <v>278</v>
       </c>
       <c r="D210" s="5" t="s">
@@ -9253,51 +9253,51 @@
       </c>
       <c r="G258" s="9">
         <v>37</v>
       </c>
       <c r="H258" s="9">
         <v>37</v>
       </c>
       <c r="I258" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="4">
         <v>255</v>
       </c>
       <c r="B259" s="6">
         <v>1058</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>335</v>
       </c>
       <c r="D259" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F259" s="9">
         <v>2</v>
       </c>
       <c r="G259" s="9">
         <v>36</v>
       </c>
       <c r="H259" s="9">
         <v>36</v>
       </c>
       <c r="I259" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="4">
         <v>256</v>
       </c>
       <c r="B260" s="6">
         <v>2006</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>336</v>
       </c>
       <c r="D260" s="5" t="s">
@@ -9688,51 +9688,51 @@
       </c>
       <c r="G273" s="9">
         <v>99</v>
       </c>
       <c r="H273" s="9">
         <v>30</v>
       </c>
       <c r="I273" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" s="4">
         <v>270</v>
       </c>
       <c r="B274" s="6">
         <v>851</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>354</v>
       </c>
       <c r="D274" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F274" s="9">
         <v>2</v>
       </c>
       <c r="G274" s="9">
         <v>29</v>
       </c>
       <c r="H274" s="9">
         <v>29</v>
       </c>
       <c r="I274" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" s="4">
         <v>271</v>
       </c>
       <c r="B275" s="6">
         <v>1906</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>355</v>
       </c>
       <c r="D275" s="5" t="s">
@@ -11080,80 +11080,80 @@
       </c>
       <c r="G321" s="9">
         <v>9</v>
       </c>
       <c r="H321" s="9">
         <v>0</v>
       </c>
       <c r="I321" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" s="4">
         <v>318</v>
       </c>
       <c r="B322" s="6">
         <v>200</v>
       </c>
       <c r="C322" s="5" t="s">
         <v>419</v>
       </c>
       <c r="D322" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E322" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F322" s="9">
         <v>2</v>
       </c>
       <c r="G322" s="9">
         <v>0</v>
       </c>
       <c r="H322" s="9">
         <v>0</v>
       </c>
       <c r="I322" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" s="4">
         <v>319</v>
       </c>
       <c r="B323" s="6">
         <v>1484</v>
       </c>
       <c r="C323" s="5" t="s">
         <v>420</v>
       </c>
       <c r="D323" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E323" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F323" s="9">
         <v>2</v>
       </c>
       <c r="G323" s="9">
         <v>0</v>
       </c>
       <c r="H323" s="9">
         <v>0</v>
       </c>
       <c r="I323" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" s="4">
         <v>320</v>
       </c>
       <c r="B324" s="6">
         <v>3021</v>
       </c>
       <c r="C324" s="5" t="s">
         <v>421</v>
       </c>
       <c r="D324" s="5" t="s">
@@ -11712,57 +11712,57 @@
       </c>
       <c r="E16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="9">
         <v>20</v>
       </c>
       <c r="G16" s="9">
         <v>257</v>
       </c>
       <c r="H16" s="9">
         <v>222</v>
       </c>
       <c r="I16" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="6">
         <v>3185</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F17" s="9">
         <v>15</v>
       </c>
       <c r="G17" s="9">
         <v>226</v>
       </c>
       <c r="H17" s="9">
         <v>213</v>
       </c>
       <c r="I17" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
       <c r="B18" s="6">
         <v>1804</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>160</v>
       </c>
       <c r="D18" s="5" t="s">
@@ -11776,51 +11776,51 @@
       </c>
       <c r="G18" s="9">
         <v>247</v>
       </c>
       <c r="H18" s="9">
         <v>209</v>
       </c>
       <c r="I18" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
       <c r="B19" s="6">
         <v>6401</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>191</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F19" s="9">
         <v>13</v>
       </c>
       <c r="G19" s="9">
         <v>206</v>
       </c>
       <c r="H19" s="9">
         <v>206</v>
       </c>
       <c r="I19" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
       <c r="B20" s="6">
         <v>3496</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>198</v>
       </c>
       <c r="D20" s="5" t="s">
@@ -11892,51 +11892,51 @@
       </c>
       <c r="G22" s="9">
         <v>172</v>
       </c>
       <c r="H22" s="9">
         <v>172</v>
       </c>
       <c r="I22" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
       <c r="B23" s="6">
         <v>1929</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>185</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F23" s="9">
         <v>14</v>
       </c>
       <c r="G23" s="9">
         <v>180</v>
       </c>
       <c r="H23" s="9">
         <v>172</v>
       </c>
       <c r="I23" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="4">
         <v>20</v>
       </c>
       <c r="B24" s="6">
         <v>3725</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>242</v>
       </c>
       <c r="D24" s="5" t="s">
@@ -12530,51 +12530,51 @@
       </c>
       <c r="G6" s="9">
         <v>459</v>
       </c>
       <c r="H6" s="9">
         <v>304</v>
       </c>
       <c r="I6" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6">
         <v>3639</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>25</v>
+        <v>110</v>
       </c>
       <c r="F7" s="9">
         <v>28</v>
       </c>
       <c r="G7" s="9">
         <v>480</v>
       </c>
       <c r="H7" s="9">
         <v>294</v>
       </c>
       <c r="I7" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="6">
         <v>3696</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>116</v>
       </c>
       <c r="D8" s="5" t="s">
@@ -12588,80 +12588,80 @@
       </c>
       <c r="G8" s="9">
         <v>355</v>
       </c>
       <c r="H8" s="9">
         <v>282</v>
       </c>
       <c r="I8" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>2214</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>180</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F9" s="9">
         <v>16</v>
       </c>
       <c r="G9" s="9">
         <v>286</v>
       </c>
       <c r="H9" s="9">
         <v>265</v>
       </c>
       <c r="I9" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6">
         <v>2969</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="F10" s="9">
         <v>19</v>
       </c>
       <c r="G10" s="9">
         <v>353</v>
       </c>
       <c r="H10" s="9">
         <v>258</v>
       </c>
       <c r="I10" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>3731</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D11" s="5" t="s">
@@ -14419,110 +14419,110 @@
         <v>22</v>
       </c>
       <c r="G8" s="9">
         <v>384</v>
       </c>
       <c r="H8" s="9">
         <v>285</v>
       </c>
       <c r="I8" s="9">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>1100</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>129</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="E9" s="8" t="s">
-        <v>142</v>
+      <c r="E9" s="5" t="s">
+        <v>80</v>
       </c>
       <c r="F9" s="9">
         <v>10</v>
       </c>
       <c r="G9" s="9">
         <v>221</v>
       </c>
       <c r="H9" s="9">
         <v>221</v>
       </c>
       <c r="I9" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6">
         <v>6401</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>191</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F10" s="9">
         <v>13</v>
       </c>
       <c r="G10" s="9">
         <v>216</v>
       </c>
       <c r="H10" s="9">
         <v>216</v>
       </c>
       <c r="I10" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>1929</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>185</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F11" s="9">
         <v>16</v>
       </c>
       <c r="G11" s="9">
         <v>230</v>
       </c>
       <c r="H11" s="9">
         <v>210</v>
       </c>
       <c r="I11" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
         <v>3349</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>216</v>
       </c>
       <c r="D12" s="5" t="s">