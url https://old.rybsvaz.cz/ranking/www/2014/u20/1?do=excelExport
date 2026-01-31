--- v0 (2025-12-08)
+++ v1 (2026-01-31)
@@ -219,186 +219,186 @@
   <si>
     <t>Kolařík David Ing.</t>
   </si>
   <si>
     <t>MO ČRS Šumperk</t>
   </si>
   <si>
     <t>Pergreffi Luca</t>
   </si>
   <si>
     <t>Valda Martin</t>
   </si>
   <si>
     <t>MO MRS Třebíč EGERFISH</t>
   </si>
   <si>
     <t>Heřmánek Tomáš</t>
   </si>
   <si>
     <t>Noll Vladimír</t>
   </si>
   <si>
     <t>U18</t>
   </si>
   <si>
+    <t>Jireček Miroslav</t>
+  </si>
+  <si>
+    <t>ČRS MO Česká Lípa MIVARDI</t>
+  </si>
+  <si>
+    <t>Kladrubský Michal</t>
+  </si>
+  <si>
+    <t>MO ČRS Praha 4 - Nusle - MILO</t>
+  </si>
+  <si>
+    <t>Bačinová Barbora</t>
+  </si>
+  <si>
+    <t>U23Ž</t>
+  </si>
+  <si>
+    <t>Konečný Tomáš</t>
+  </si>
+  <si>
+    <t>Novák Jan</t>
+  </si>
+  <si>
+    <t>Valchař Jakub Bc.</t>
+  </si>
+  <si>
+    <t>RSK Cortina</t>
+  </si>
+  <si>
+    <t>Polívka Zdeněk</t>
+  </si>
+  <si>
+    <t>MLAĎOŠI</t>
+  </si>
+  <si>
+    <t>Nováčková Markéta Ing.</t>
+  </si>
+  <si>
+    <t>Louda Václav</t>
+  </si>
+  <si>
+    <t>Lamač František</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MO ČRS Smíchov, Velká Chuchle </t>
+  </si>
+  <si>
+    <t>Zeman Luboš</t>
+  </si>
+  <si>
+    <t>Michalovič Tomáš</t>
+  </si>
+  <si>
+    <t>MO ČRS Mohelnice - MIVARDI - A</t>
+  </si>
+  <si>
+    <t>Kosmák Josef</t>
+  </si>
+  <si>
+    <t>Šrajer David</t>
+  </si>
+  <si>
+    <t>MO ČRS VYSOKÉ MÝTO</t>
+  </si>
+  <si>
+    <t>Toužimský Jakub</t>
+  </si>
+  <si>
+    <t>Pospíšil Radek</t>
+  </si>
+  <si>
+    <t>Borovička Pavel</t>
+  </si>
+  <si>
+    <t>Poháry sport hobby - Moravské Budějovice - SENSAS</t>
+  </si>
+  <si>
+    <t>Pokorný Alois RNDr.</t>
+  </si>
+  <si>
+    <t>Grešová Jana Bc.</t>
+  </si>
+  <si>
+    <t>Chromý Radomír</t>
+  </si>
+  <si>
+    <t>Bartoš Jan Ing.</t>
+  </si>
+  <si>
+    <t>Černohlávek Jakub</t>
+  </si>
+  <si>
+    <t>Kadeřábek Jaroslav</t>
+  </si>
+  <si>
+    <t>MO ČRS Štětí - WÜRMA</t>
+  </si>
+  <si>
+    <t>Martínek Pavel</t>
+  </si>
+  <si>
+    <t>Team Timár cz</t>
+  </si>
+  <si>
+    <t>Hrazdil Jiří Ing.</t>
+  </si>
+  <si>
+    <t>MO ČRS Loštice - MILO A</t>
+  </si>
+  <si>
+    <t>Adamec Václav DiS.</t>
+  </si>
+  <si>
+    <t>MO ČRS Jindřichův Hradec "C"</t>
+  </si>
+  <si>
+    <t>Vyslyšel Vladimír st.</t>
+  </si>
+  <si>
+    <t>Jakeš Jan Ing.</t>
+  </si>
+  <si>
+    <t>Oudrán Stanislav</t>
+  </si>
+  <si>
+    <t>Pavka Martin Bc.</t>
+  </si>
+  <si>
+    <t>Samlík Libor</t>
+  </si>
+  <si>
+    <t>Flament Pierre</t>
+  </si>
+  <si>
     <t>Team Fishing Passion</t>
-  </si>
-[...133 lines deleted...]
-    <t>Flament Pierre</t>
   </si>
   <si>
     <t>Žalud Oldřich Ing.</t>
   </si>
   <si>
     <t>Mais Jan</t>
   </si>
   <si>
     <t>Kolář Jan</t>
   </si>
   <si>
     <t>DRS Liběchov – MO Louny</t>
   </si>
   <si>
     <t>Rašek Martin</t>
   </si>
   <si>
     <t>Čejda Milan</t>
   </si>
   <si>
     <t>Kuba Jiří</t>
   </si>
   <si>
     <t>Vysoký Antonín</t>
   </si>
@@ -2788,1008 +2788,1008 @@
       </c>
       <c r="G35" s="9">
         <v>334</v>
       </c>
       <c r="H35" s="9">
         <v>289</v>
       </c>
       <c r="I35" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="4">
         <v>32</v>
       </c>
       <c r="B36" s="6">
         <v>3639</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>63</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="F36" s="9">
         <v>28</v>
       </c>
       <c r="G36" s="9">
         <v>480</v>
       </c>
       <c r="H36" s="9">
         <v>288</v>
       </c>
       <c r="I36" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="4">
         <v>33</v>
       </c>
       <c r="B37" s="6">
         <v>1745</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="5" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F37" s="9">
         <v>16</v>
       </c>
       <c r="G37" s="9">
         <v>299</v>
       </c>
       <c r="H37" s="9">
         <v>286</v>
       </c>
       <c r="I37" s="9">
         <v>8</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="4">
         <v>34</v>
       </c>
       <c r="B38" s="6">
         <v>2132</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F38" s="9">
         <v>20</v>
       </c>
       <c r="G38" s="9">
         <v>374</v>
       </c>
       <c r="H38" s="9">
         <v>285</v>
       </c>
       <c r="I38" s="9">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="4">
         <v>35</v>
       </c>
       <c r="B39" s="6">
         <v>1803</v>
       </c>
       <c r="C39" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D39" s="5" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F39" s="9">
         <v>18</v>
       </c>
       <c r="G39" s="9">
         <v>386</v>
       </c>
       <c r="H39" s="9">
         <v>282</v>
       </c>
       <c r="I39" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="4">
         <v>36</v>
       </c>
       <c r="B40" s="6">
         <v>3222</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="8" t="s">
         <v>49</v>
       </c>
       <c r="F40" s="9">
         <v>17</v>
       </c>
       <c r="G40" s="9">
         <v>354</v>
       </c>
       <c r="H40" s="9">
         <v>280</v>
       </c>
       <c r="I40" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="4">
         <v>37</v>
       </c>
       <c r="B41" s="6">
         <v>1863</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F41" s="9">
         <v>14</v>
       </c>
       <c r="G41" s="9">
         <v>281</v>
       </c>
       <c r="H41" s="9">
         <v>279</v>
       </c>
       <c r="I41" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="4">
         <v>38</v>
       </c>
       <c r="B42" s="6">
         <v>2617</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F42" s="9">
         <v>18</v>
       </c>
       <c r="G42" s="9">
         <v>328</v>
       </c>
       <c r="H42" s="9">
         <v>278</v>
       </c>
       <c r="I42" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="4">
         <v>39</v>
       </c>
       <c r="B43" s="6">
         <v>2954</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F43" s="9">
         <v>24</v>
       </c>
       <c r="G43" s="9">
         <v>459</v>
       </c>
       <c r="H43" s="9">
         <v>278</v>
       </c>
       <c r="I43" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="4">
         <v>40</v>
       </c>
       <c r="B44" s="6">
         <v>1691</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F44" s="9">
         <v>16</v>
       </c>
       <c r="G44" s="9">
         <v>331</v>
       </c>
       <c r="H44" s="9">
         <v>276</v>
       </c>
       <c r="I44" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
       <c r="B45" s="6">
         <v>2782</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>51</v>
       </c>
       <c r="F45" s="9">
         <v>22</v>
       </c>
       <c r="G45" s="9">
         <v>360</v>
       </c>
       <c r="H45" s="9">
         <v>275</v>
       </c>
       <c r="I45" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="4">
         <v>42</v>
       </c>
       <c r="B46" s="6">
         <v>1505</v>
       </c>
       <c r="C46" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="5" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F46" s="9">
         <v>14</v>
       </c>
       <c r="G46" s="9">
         <v>288</v>
       </c>
       <c r="H46" s="9">
         <v>273</v>
       </c>
       <c r="I46" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="4">
         <v>43</v>
       </c>
       <c r="B47" s="6">
         <v>3791</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F47" s="9">
         <v>14</v>
       </c>
       <c r="G47" s="9">
         <v>298</v>
       </c>
       <c r="H47" s="9">
         <v>273</v>
       </c>
       <c r="I47" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="4">
         <v>44</v>
       </c>
       <c r="B48" s="6">
         <v>2412</v>
       </c>
       <c r="C48" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="5" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F48" s="9">
         <v>19</v>
       </c>
       <c r="G48" s="9">
         <v>321</v>
       </c>
       <c r="H48" s="9">
         <v>271</v>
       </c>
       <c r="I48" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="4">
         <v>45</v>
       </c>
       <c r="B49" s="6">
         <v>88</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>61</v>
       </c>
       <c r="F49" s="9">
         <v>16</v>
       </c>
       <c r="G49" s="9">
         <v>296</v>
       </c>
       <c r="H49" s="9">
         <v>270</v>
       </c>
       <c r="I49" s="9">
         <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="4">
         <v>46</v>
       </c>
       <c r="B50" s="6">
         <v>3676</v>
       </c>
       <c r="C50" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="5" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F50" s="9">
         <v>14</v>
       </c>
       <c r="G50" s="9">
         <v>279</v>
       </c>
       <c r="H50" s="9">
         <v>269</v>
       </c>
       <c r="I50" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="4">
         <v>47</v>
       </c>
       <c r="B51" s="6">
         <v>2552</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F51" s="9">
         <v>22</v>
       </c>
       <c r="G51" s="9">
         <v>437</v>
       </c>
       <c r="H51" s="9">
         <v>268</v>
       </c>
       <c r="I51" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="4">
         <v>48</v>
       </c>
       <c r="B52" s="6">
         <v>3499</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="9">
         <v>27</v>
       </c>
       <c r="G52" s="9">
         <v>371</v>
       </c>
       <c r="H52" s="9">
         <v>268</v>
       </c>
       <c r="I52" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="4">
         <v>49</v>
       </c>
       <c r="B53" s="6">
         <v>2864</v>
       </c>
       <c r="C53" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="8" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F53" s="9">
         <v>10</v>
       </c>
       <c r="G53" s="9">
         <v>266</v>
       </c>
       <c r="H53" s="9">
         <v>266</v>
       </c>
       <c r="I53" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="4">
         <v>50</v>
       </c>
       <c r="B54" s="6">
         <v>50</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F54" s="9">
         <v>18</v>
       </c>
       <c r="G54" s="9">
         <v>300</v>
       </c>
       <c r="H54" s="9">
         <v>266</v>
       </c>
       <c r="I54" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="4">
         <v>51</v>
       </c>
       <c r="B55" s="6">
         <v>129</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="9">
         <v>22</v>
       </c>
       <c r="G55" s="9">
         <v>384</v>
       </c>
       <c r="H55" s="9">
         <v>263</v>
       </c>
       <c r="I55" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="4">
         <v>52</v>
       </c>
       <c r="B56" s="6">
         <v>250</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F56" s="9">
         <v>13</v>
       </c>
       <c r="G56" s="9">
         <v>264</v>
       </c>
       <c r="H56" s="9">
         <v>261</v>
       </c>
       <c r="I56" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="4">
         <v>53</v>
       </c>
       <c r="B57" s="6">
         <v>949</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="8" t="s">
         <v>34</v>
       </c>
       <c r="F57" s="9">
         <v>13</v>
       </c>
       <c r="G57" s="9">
         <v>268</v>
       </c>
       <c r="H57" s="9">
         <v>261</v>
       </c>
       <c r="I57" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="4">
         <v>54</v>
       </c>
       <c r="B58" s="6">
         <v>3303</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>56</v>
       </c>
       <c r="F58" s="9">
         <v>20</v>
       </c>
       <c r="G58" s="9">
         <v>362</v>
       </c>
       <c r="H58" s="9">
         <v>261</v>
       </c>
       <c r="I58" s="9">
         <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="4">
         <v>55</v>
       </c>
       <c r="B59" s="6">
         <v>3443</v>
       </c>
       <c r="C59" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="5" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F59" s="9">
         <v>14</v>
       </c>
       <c r="G59" s="9">
         <v>272</v>
       </c>
       <c r="H59" s="9">
         <v>260</v>
       </c>
       <c r="I59" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="4">
         <v>56</v>
       </c>
       <c r="B60" s="6">
         <v>907</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="5" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F60" s="9">
         <v>14</v>
       </c>
       <c r="G60" s="9">
         <v>269</v>
       </c>
       <c r="H60" s="9">
         <v>259</v>
       </c>
       <c r="I60" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="4">
         <v>57</v>
       </c>
       <c r="B61" s="6">
         <v>2407</v>
       </c>
       <c r="C61" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="5" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F61" s="9">
         <v>19</v>
       </c>
       <c r="G61" s="9">
         <v>314</v>
       </c>
       <c r="H61" s="9">
         <v>258</v>
       </c>
       <c r="I61" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="4">
         <v>58</v>
       </c>
       <c r="B62" s="6">
         <v>10</v>
       </c>
       <c r="C62" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="5" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F62" s="9">
         <v>16</v>
       </c>
       <c r="G62" s="9">
         <v>303</v>
       </c>
       <c r="H62" s="9">
         <v>256</v>
       </c>
       <c r="I62" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="4">
         <v>59</v>
       </c>
       <c r="B63" s="6">
         <v>1841</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="5" t="s">
         <v>51</v>
       </c>
       <c r="F63" s="9">
         <v>16</v>
       </c>
       <c r="G63" s="9">
         <v>277</v>
       </c>
       <c r="H63" s="9">
         <v>254</v>
       </c>
       <c r="I63" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="4">
         <v>60</v>
       </c>
       <c r="B64" s="6">
         <v>2409</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F64" s="9">
         <v>13</v>
       </c>
       <c r="G64" s="9">
         <v>257</v>
       </c>
       <c r="H64" s="9">
         <v>252</v>
       </c>
       <c r="I64" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="4">
         <v>61</v>
       </c>
       <c r="B65" s="6">
         <v>2393</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F65" s="9">
         <v>14</v>
       </c>
       <c r="G65" s="9">
         <v>269</v>
       </c>
       <c r="H65" s="9">
         <v>252</v>
       </c>
       <c r="I65" s="9">
         <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="4">
         <v>62</v>
       </c>
       <c r="B66" s="6">
         <v>557</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="9">
         <v>23</v>
       </c>
       <c r="G66" s="9">
         <v>327</v>
       </c>
       <c r="H66" s="9">
         <v>252</v>
       </c>
       <c r="I66" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="4">
         <v>63</v>
       </c>
       <c r="B67" s="6">
         <v>75</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F67" s="9">
         <v>10</v>
       </c>
       <c r="G67" s="9">
         <v>251</v>
       </c>
       <c r="H67" s="9">
         <v>251</v>
       </c>
       <c r="I67" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="4">
         <v>64</v>
       </c>
       <c r="B68" s="6">
         <v>3490</v>
       </c>
       <c r="C68" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="5" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="F68" s="9">
         <v>18</v>
       </c>
       <c r="G68" s="9">
         <v>270</v>
       </c>
       <c r="H68" s="9">
         <v>247</v>
       </c>
       <c r="I68" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="4">
         <v>65</v>
       </c>
       <c r="B69" s="6">
         <v>2672</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>111</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F69" s="9">
         <v>10</v>
       </c>
       <c r="G69" s="9">
         <v>244</v>
       </c>
       <c r="H69" s="9">
         <v>244</v>
       </c>
       <c r="I69" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="4">
         <v>66</v>
       </c>
       <c r="B70" s="6">
         <v>2639</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D70" s="5" t="s">
@@ -3832,51 +3832,51 @@
       </c>
       <c r="G71" s="9">
         <v>242</v>
       </c>
       <c r="H71" s="9">
         <v>242</v>
       </c>
       <c r="I71" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="4">
         <v>68</v>
       </c>
       <c r="B72" s="6">
         <v>3794</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>115</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F72" s="9">
         <v>18</v>
       </c>
       <c r="G72" s="9">
         <v>305</v>
       </c>
       <c r="H72" s="9">
         <v>242</v>
       </c>
       <c r="I72" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="4">
         <v>69</v>
       </c>
       <c r="B73" s="6">
         <v>3696</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>116</v>
       </c>
       <c r="D73" s="5" t="s">
@@ -3919,51 +3919,51 @@
       </c>
       <c r="G74" s="9">
         <v>239</v>
       </c>
       <c r="H74" s="9">
         <v>239</v>
       </c>
       <c r="I74" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="4">
         <v>71</v>
       </c>
       <c r="B75" s="6">
         <v>1105</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>118</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F75" s="9">
         <v>11</v>
       </c>
       <c r="G75" s="9">
         <v>233</v>
       </c>
       <c r="H75" s="9">
         <v>233</v>
       </c>
       <c r="I75" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="4">
         <v>72</v>
       </c>
       <c r="B76" s="6">
         <v>3637</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>119</v>
       </c>
       <c r="D76" s="5" t="s">
@@ -3977,80 +3977,80 @@
       </c>
       <c r="G76" s="9">
         <v>228</v>
       </c>
       <c r="H76" s="9">
         <v>228</v>
       </c>
       <c r="I76" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="4">
         <v>73</v>
       </c>
       <c r="B77" s="6">
         <v>30</v>
       </c>
       <c r="C77" s="7" t="s">
         <v>120</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F77" s="9">
         <v>8</v>
       </c>
       <c r="G77" s="9">
         <v>224</v>
       </c>
       <c r="H77" s="9">
         <v>224</v>
       </c>
       <c r="I77" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="4">
         <v>74</v>
       </c>
       <c r="B78" s="6">
         <v>142</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F78" s="9">
         <v>12</v>
       </c>
       <c r="G78" s="9">
         <v>224</v>
       </c>
       <c r="H78" s="9">
         <v>224</v>
       </c>
       <c r="I78" s="9">
         <v>3</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="4">
         <v>75</v>
       </c>
       <c r="B79" s="6">
         <v>21</v>
       </c>
       <c r="C79" s="7" t="s">
         <v>122</v>
       </c>
       <c r="D79" s="5" t="s">
@@ -4151,51 +4151,51 @@
       </c>
       <c r="G82" s="9">
         <v>222</v>
       </c>
       <c r="H82" s="9">
         <v>222</v>
       </c>
       <c r="I82" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="4">
         <v>79</v>
       </c>
       <c r="B83" s="6">
         <v>1710</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>127</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F83" s="9">
         <v>14</v>
       </c>
       <c r="G83" s="9">
         <v>228</v>
       </c>
       <c r="H83" s="9">
         <v>222</v>
       </c>
       <c r="I83" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="4">
         <v>80</v>
       </c>
       <c r="B84" s="6">
         <v>1805</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>128</v>
       </c>
       <c r="D84" s="5" t="s">
@@ -4209,51 +4209,51 @@
       </c>
       <c r="G84" s="9">
         <v>257</v>
       </c>
       <c r="H84" s="9">
         <v>222</v>
       </c>
       <c r="I84" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="4">
         <v>81</v>
       </c>
       <c r="B85" s="6">
         <v>1100</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>129</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F85" s="9">
         <v>10</v>
       </c>
       <c r="G85" s="9">
         <v>221</v>
       </c>
       <c r="H85" s="9">
         <v>221</v>
       </c>
       <c r="I85" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="4">
         <v>82</v>
       </c>
       <c r="B86" s="6">
         <v>1143</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>130</v>
       </c>
       <c r="D86" s="5" t="s">
@@ -4296,80 +4296,80 @@
       </c>
       <c r="G87" s="9">
         <v>218</v>
       </c>
       <c r="H87" s="9">
         <v>215</v>
       </c>
       <c r="I87" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="4">
         <v>84</v>
       </c>
       <c r="B88" s="6">
         <v>25</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>133</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F88" s="9">
         <v>8</v>
       </c>
       <c r="G88" s="9">
         <v>214</v>
       </c>
       <c r="H88" s="9">
         <v>214</v>
       </c>
       <c r="I88" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="4">
         <v>85</v>
       </c>
       <c r="B89" s="6">
         <v>39</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F89" s="9">
         <v>10</v>
       </c>
       <c r="G89" s="9">
         <v>213</v>
       </c>
       <c r="H89" s="9">
         <v>213</v>
       </c>
       <c r="I89" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="4">
         <v>86</v>
       </c>
       <c r="B90" s="6">
         <v>1507</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>135</v>
       </c>
       <c r="D90" s="5" t="s">
@@ -4412,80 +4412,80 @@
       </c>
       <c r="G91" s="9">
         <v>226</v>
       </c>
       <c r="H91" s="9">
         <v>213</v>
       </c>
       <c r="I91" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="4">
         <v>88</v>
       </c>
       <c r="B92" s="6">
         <v>1076</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>139</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F92" s="9">
         <v>10</v>
       </c>
       <c r="G92" s="9">
         <v>212</v>
       </c>
       <c r="H92" s="9">
         <v>212</v>
       </c>
       <c r="I92" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="4">
         <v>89</v>
       </c>
       <c r="B93" s="6">
         <v>287</v>
       </c>
       <c r="C93" s="7" t="s">
         <v>140</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F93" s="9">
         <v>14</v>
       </c>
       <c r="G93" s="9">
         <v>214</v>
       </c>
       <c r="H93" s="9">
         <v>212</v>
       </c>
       <c r="I93" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="4">
         <v>90</v>
       </c>
       <c r="B94" s="6">
         <v>2969</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D94" s="5" t="s">
@@ -4615,51 +4615,51 @@
       </c>
       <c r="G98" s="9">
         <v>220</v>
       </c>
       <c r="H98" s="9">
         <v>203</v>
       </c>
       <c r="I98" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="4">
         <v>95</v>
       </c>
       <c r="B99" s="6">
         <v>152</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>148</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F99" s="9">
         <v>10</v>
       </c>
       <c r="G99" s="9">
         <v>201</v>
       </c>
       <c r="H99" s="9">
         <v>201</v>
       </c>
       <c r="I99" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>1060</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>149</v>
       </c>
       <c r="D100" s="5" t="s">
@@ -4905,51 +4905,51 @@
       </c>
       <c r="G108" s="9">
         <v>247</v>
       </c>
       <c r="H108" s="9">
         <v>195</v>
       </c>
       <c r="I108" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="4">
         <v>105</v>
       </c>
       <c r="B109" s="6">
         <v>1192</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>161</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F109" s="9">
         <v>10</v>
       </c>
       <c r="G109" s="9">
         <v>191</v>
       </c>
       <c r="H109" s="9">
         <v>191</v>
       </c>
       <c r="I109" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="4">
         <v>106</v>
       </c>
       <c r="B110" s="6">
         <v>2921</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>162</v>
       </c>
       <c r="D110" s="5" t="s">
@@ -5050,51 +5050,51 @@
       </c>
       <c r="G113" s="9">
         <v>188</v>
       </c>
       <c r="H113" s="9">
         <v>188</v>
       </c>
       <c r="I113" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="4">
         <v>110</v>
       </c>
       <c r="B114" s="6">
         <v>158</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>168</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F114" s="9">
         <v>10</v>
       </c>
       <c r="G114" s="9">
         <v>187</v>
       </c>
       <c r="H114" s="9">
         <v>187</v>
       </c>
       <c r="I114" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="4">
         <v>111</v>
       </c>
       <c r="B115" s="6">
         <v>2164</v>
       </c>
       <c r="C115" s="7" t="s">
         <v>169</v>
       </c>
       <c r="D115" s="5" t="s">
@@ -5108,51 +5108,51 @@
       </c>
       <c r="G115" s="9">
         <v>187</v>
       </c>
       <c r="H115" s="9">
         <v>187</v>
       </c>
       <c r="I115" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>1104</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>170</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F116" s="9">
         <v>16</v>
       </c>
       <c r="G116" s="9">
         <v>187</v>
       </c>
       <c r="H116" s="9">
         <v>186</v>
       </c>
       <c r="I116" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>2922</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>171</v>
       </c>
       <c r="D117" s="5" t="s">
@@ -5224,109 +5224,109 @@
       </c>
       <c r="G119" s="9">
         <v>182</v>
       </c>
       <c r="H119" s="9">
         <v>182</v>
       </c>
       <c r="I119" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="4">
         <v>116</v>
       </c>
       <c r="B120" s="6">
         <v>2106</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>175</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F120" s="9">
         <v>10</v>
       </c>
       <c r="G120" s="9">
         <v>180</v>
       </c>
       <c r="H120" s="9">
         <v>180</v>
       </c>
       <c r="I120" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="4">
         <v>117</v>
       </c>
       <c r="B121" s="6">
         <v>3859</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>176</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F121" s="9">
         <v>16</v>
       </c>
       <c r="G121" s="9">
         <v>196</v>
       </c>
       <c r="H121" s="9">
         <v>180</v>
       </c>
       <c r="I121" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="4">
         <v>118</v>
       </c>
       <c r="B122" s="6">
         <v>2105</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>177</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F122" s="9">
         <v>8</v>
       </c>
       <c r="G122" s="9">
         <v>179</v>
       </c>
       <c r="H122" s="9">
         <v>179</v>
       </c>
       <c r="I122" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="4">
         <v>119</v>
       </c>
       <c r="B123" s="6">
         <v>2956</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D123" s="5" t="s">
@@ -5453,51 +5453,51 @@
       </c>
       <c r="F127" s="9">
         <v>14</v>
       </c>
       <c r="G127" s="9">
         <v>181</v>
       </c>
       <c r="H127" s="9">
         <v>172</v>
       </c>
       <c r="I127" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="4">
         <v>124</v>
       </c>
       <c r="B128" s="6">
         <v>1929</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>185</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E128" s="5" t="s">
         <v>136</v>
       </c>
       <c r="F128" s="9">
         <v>16</v>
       </c>
       <c r="G128" s="9">
         <v>230</v>
       </c>
       <c r="H128" s="9">
         <v>172</v>
       </c>
       <c r="I128" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="4">
         <v>125</v>
       </c>
       <c r="B129" s="6">
         <v>3731</v>
       </c>
       <c r="C129" s="5" t="s">
@@ -5598,51 +5598,51 @@
       </c>
       <c r="F132" s="9">
         <v>12</v>
       </c>
       <c r="G132" s="9">
         <v>165</v>
       </c>
       <c r="H132" s="9">
         <v>165</v>
       </c>
       <c r="I132" s="9">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="4">
         <v>129</v>
       </c>
       <c r="B133" s="6">
         <v>6401</v>
       </c>
       <c r="C133" s="7" t="s">
         <v>191</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E133" s="5" t="s">
         <v>138</v>
       </c>
       <c r="F133" s="9">
         <v>15</v>
       </c>
       <c r="G133" s="9">
         <v>258</v>
       </c>
       <c r="H133" s="9">
         <v>164</v>
       </c>
       <c r="I133" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="4">
         <v>130</v>
       </c>
       <c r="B134" s="6">
         <v>1997</v>
       </c>
       <c r="C134" s="5" t="s">
@@ -5717,80 +5717,80 @@
       </c>
       <c r="G136" s="9">
         <v>162</v>
       </c>
       <c r="H136" s="9">
         <v>162</v>
       </c>
       <c r="I136" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="4">
         <v>133</v>
       </c>
       <c r="B137" s="6">
         <v>37</v>
       </c>
       <c r="C137" s="7" t="s">
         <v>195</v>
       </c>
       <c r="D137" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F137" s="9">
         <v>8</v>
       </c>
       <c r="G137" s="9">
         <v>162</v>
       </c>
       <c r="H137" s="9">
         <v>162</v>
       </c>
       <c r="I137" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="4">
         <v>134</v>
       </c>
       <c r="B138" s="6">
         <v>2461</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>196</v>
       </c>
       <c r="D138" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F138" s="9">
         <v>14</v>
       </c>
       <c r="G138" s="9">
         <v>184</v>
       </c>
       <c r="H138" s="9">
         <v>162</v>
       </c>
       <c r="I138" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="4">
         <v>135</v>
       </c>
       <c r="B139" s="6">
         <v>568</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>197</v>
       </c>
       <c r="D139" s="5" t="s">
@@ -5833,51 +5833,51 @@
       </c>
       <c r="G140" s="9">
         <v>197</v>
       </c>
       <c r="H140" s="9">
         <v>156</v>
       </c>
       <c r="I140" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="4">
         <v>137</v>
       </c>
       <c r="B141" s="6">
         <v>3525</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>199</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>65</v>
+        <v>110</v>
       </c>
       <c r="F141" s="9">
         <v>12</v>
       </c>
       <c r="G141" s="9">
         <v>155</v>
       </c>
       <c r="H141" s="9">
         <v>155</v>
       </c>
       <c r="I141" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="4">
         <v>138</v>
       </c>
       <c r="B142" s="6">
         <v>968</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>200</v>
       </c>
       <c r="D142" s="5" t="s">
@@ -5978,51 +5978,51 @@
       </c>
       <c r="G145" s="9">
         <v>153</v>
       </c>
       <c r="H145" s="9">
         <v>153</v>
       </c>
       <c r="I145" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="4">
         <v>142</v>
       </c>
       <c r="B146" s="6">
         <v>7</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>204</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F146" s="9">
         <v>14</v>
       </c>
       <c r="G146" s="9">
         <v>157</v>
       </c>
       <c r="H146" s="9">
         <v>153</v>
       </c>
       <c r="I146" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="4">
         <v>143</v>
       </c>
       <c r="B147" s="6">
         <v>201</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>205</v>
       </c>
       <c r="D147" s="5" t="s">
@@ -6326,51 +6326,51 @@
       </c>
       <c r="G157" s="9">
         <v>172</v>
       </c>
       <c r="H157" s="9">
         <v>131</v>
       </c>
       <c r="I157" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="4">
         <v>154</v>
       </c>
       <c r="B158" s="6">
         <v>1729</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>219</v>
       </c>
       <c r="D158" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>65</v>
+        <v>110</v>
       </c>
       <c r="F158" s="9">
         <v>6</v>
       </c>
       <c r="G158" s="9">
         <v>130</v>
       </c>
       <c r="H158" s="9">
         <v>130</v>
       </c>
       <c r="I158" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="4">
         <v>155</v>
       </c>
       <c r="B159" s="6">
         <v>56</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>220</v>
       </c>
       <c r="D159" s="5" t="s">
@@ -6500,80 +6500,80 @@
       </c>
       <c r="G163" s="9">
         <v>288</v>
       </c>
       <c r="H163" s="9">
         <v>122</v>
       </c>
       <c r="I163" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="4">
         <v>160</v>
       </c>
       <c r="B164" s="6">
         <v>3406</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>226</v>
       </c>
       <c r="D164" s="5" t="s">
         <v>153</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F164" s="9">
         <v>19</v>
       </c>
       <c r="G164" s="9">
         <v>318</v>
       </c>
       <c r="H164" s="9">
         <v>122</v>
       </c>
       <c r="I164" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="4">
         <v>161</v>
       </c>
       <c r="B165" s="6">
         <v>1398</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>227</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F165" s="9">
         <v>7</v>
       </c>
       <c r="G165" s="9">
         <v>120</v>
       </c>
       <c r="H165" s="9">
         <v>120</v>
       </c>
       <c r="I165" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="4">
         <v>162</v>
       </c>
       <c r="B166" s="6">
         <v>3641</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>228</v>
       </c>
       <c r="D166" s="5" t="s">
@@ -6761,51 +6761,51 @@
       </c>
       <c r="G172" s="9">
         <v>114</v>
       </c>
       <c r="H172" s="9">
         <v>114</v>
       </c>
       <c r="I172" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="4">
         <v>169</v>
       </c>
       <c r="B173" s="6">
         <v>2834</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>235</v>
       </c>
       <c r="D173" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>65</v>
+        <v>110</v>
       </c>
       <c r="F173" s="9">
         <v>6</v>
       </c>
       <c r="G173" s="9">
         <v>114</v>
       </c>
       <c r="H173" s="9">
         <v>114</v>
       </c>
       <c r="I173" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="4">
         <v>170</v>
       </c>
       <c r="B174" s="6">
         <v>3077</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>236</v>
       </c>
       <c r="D174" s="5" t="s">
@@ -6819,80 +6819,80 @@
       </c>
       <c r="G174" s="9">
         <v>113</v>
       </c>
       <c r="H174" s="9">
         <v>113</v>
       </c>
       <c r="I174" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="4">
         <v>171</v>
       </c>
       <c r="B175" s="6">
         <v>3829</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>237</v>
       </c>
       <c r="D175" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F175" s="9">
         <v>8</v>
       </c>
       <c r="G175" s="9">
         <v>112</v>
       </c>
       <c r="H175" s="9">
         <v>112</v>
       </c>
       <c r="I175" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="4">
         <v>172</v>
       </c>
       <c r="B176" s="6">
         <v>2835</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>238</v>
       </c>
       <c r="D176" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F176" s="9">
         <v>9</v>
       </c>
       <c r="G176" s="9">
         <v>111</v>
       </c>
       <c r="H176" s="9">
         <v>111</v>
       </c>
       <c r="I176" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="4">
         <v>173</v>
       </c>
       <c r="B177" s="6">
         <v>1747</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>239</v>
       </c>
       <c r="D177" s="5" t="s">
@@ -6935,51 +6935,51 @@
       </c>
       <c r="G178" s="9">
         <v>107</v>
       </c>
       <c r="H178" s="9">
         <v>107</v>
       </c>
       <c r="I178" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="4">
         <v>175</v>
       </c>
       <c r="B179" s="6">
         <v>3503</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>241</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F179" s="9">
         <v>9</v>
       </c>
       <c r="G179" s="9">
         <v>105</v>
       </c>
       <c r="H179" s="9">
         <v>105</v>
       </c>
       <c r="I179" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="4">
         <v>176</v>
       </c>
       <c r="B180" s="6">
         <v>3725</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>242</v>
       </c>
       <c r="D180" s="5" t="s">
@@ -7051,51 +7051,51 @@
       </c>
       <c r="G182" s="9">
         <v>104</v>
       </c>
       <c r="H182" s="9">
         <v>104</v>
       </c>
       <c r="I182" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="4">
         <v>179</v>
       </c>
       <c r="B183" s="6">
         <v>1938</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>245</v>
       </c>
       <c r="D183" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F183" s="9">
         <v>8</v>
       </c>
       <c r="G183" s="9">
         <v>104</v>
       </c>
       <c r="H183" s="9">
         <v>104</v>
       </c>
       <c r="I183" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="4">
         <v>180</v>
       </c>
       <c r="B184" s="6">
         <v>3780</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>246</v>
       </c>
       <c r="D184" s="5" t="s">
@@ -7196,51 +7196,51 @@
       </c>
       <c r="G187" s="9">
         <v>101</v>
       </c>
       <c r="H187" s="9">
         <v>101</v>
       </c>
       <c r="I187" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="4">
         <v>184</v>
       </c>
       <c r="B188" s="6">
         <v>1999</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D188" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F188" s="9">
         <v>6</v>
       </c>
       <c r="G188" s="9">
         <v>99</v>
       </c>
       <c r="H188" s="9">
         <v>99</v>
       </c>
       <c r="I188" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="4">
         <v>185</v>
       </c>
       <c r="B189" s="6">
         <v>908</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>252</v>
       </c>
       <c r="D189" s="5" t="s">
@@ -7338,51 +7338,51 @@
       </c>
       <c r="F192" s="9">
         <v>4</v>
       </c>
       <c r="G192" s="9">
         <v>94</v>
       </c>
       <c r="H192" s="9">
         <v>94</v>
       </c>
       <c r="I192" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="4">
         <v>189</v>
       </c>
       <c r="B193" s="6">
         <v>3607</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E193" s="5" t="s">
         <v>182</v>
       </c>
       <c r="F193" s="9">
         <v>14</v>
       </c>
       <c r="G193" s="9">
         <v>95</v>
       </c>
       <c r="H193" s="9">
         <v>91</v>
       </c>
       <c r="I193" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="4">
         <v>190</v>
       </c>
       <c r="B194" s="6">
         <v>3954</v>
       </c>
       <c r="C194" s="5" t="s">
@@ -7515,51 +7515,51 @@
       </c>
       <c r="G198" s="9">
         <v>86</v>
       </c>
       <c r="H198" s="9">
         <v>86</v>
       </c>
       <c r="I198" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="4">
         <v>195</v>
       </c>
       <c r="B199" s="6">
         <v>2050</v>
       </c>
       <c r="C199" s="5" t="s">
         <v>266</v>
       </c>
       <c r="D199" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F199" s="9">
         <v>12</v>
       </c>
       <c r="G199" s="9">
         <v>217</v>
       </c>
       <c r="H199" s="9">
         <v>86</v>
       </c>
       <c r="I199" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="4">
         <v>196</v>
       </c>
       <c r="B200" s="6">
         <v>3487</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>267</v>
       </c>
       <c r="D200" s="5" t="s">
@@ -7573,51 +7573,51 @@
       </c>
       <c r="G200" s="9">
         <v>85</v>
       </c>
       <c r="H200" s="9">
         <v>85</v>
       </c>
       <c r="I200" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="4">
         <v>197</v>
       </c>
       <c r="B201" s="6">
         <v>2580</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>268</v>
       </c>
       <c r="D201" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F201" s="9">
         <v>5</v>
       </c>
       <c r="G201" s="9">
         <v>84</v>
       </c>
       <c r="H201" s="9">
         <v>84</v>
       </c>
       <c r="I201" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="4">
         <v>198</v>
       </c>
       <c r="B202" s="6">
         <v>3140</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D202" s="5" t="s">
@@ -7631,51 +7631,51 @@
       </c>
       <c r="G202" s="9">
         <v>148</v>
       </c>
       <c r="H202" s="9">
         <v>84</v>
       </c>
       <c r="I202" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="4">
         <v>199</v>
       </c>
       <c r="B203" s="6">
         <v>2048</v>
       </c>
       <c r="C203" s="5" t="s">
         <v>270</v>
       </c>
       <c r="D203" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F203" s="9">
         <v>4</v>
       </c>
       <c r="G203" s="9">
         <v>81</v>
       </c>
       <c r="H203" s="9">
         <v>81</v>
       </c>
       <c r="I203" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="4">
         <v>200</v>
       </c>
       <c r="B204" s="6">
         <v>3828</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>271</v>
       </c>
       <c r="D204" s="5" t="s">
@@ -7689,51 +7689,51 @@
       </c>
       <c r="G204" s="9">
         <v>80</v>
       </c>
       <c r="H204" s="9">
         <v>80</v>
       </c>
       <c r="I204" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="4">
         <v>201</v>
       </c>
       <c r="B205" s="6">
         <v>35</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>273</v>
       </c>
       <c r="D205" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F205" s="9">
         <v>4</v>
       </c>
       <c r="G205" s="9">
         <v>79</v>
       </c>
       <c r="H205" s="9">
         <v>79</v>
       </c>
       <c r="I205" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="4">
         <v>202</v>
       </c>
       <c r="B206" s="6">
         <v>2842</v>
       </c>
       <c r="C206" s="5" t="s">
         <v>274</v>
       </c>
       <c r="D206" s="5" t="s">
@@ -7834,80 +7834,80 @@
       </c>
       <c r="G209" s="9">
         <v>76</v>
       </c>
       <c r="H209" s="9">
         <v>76</v>
       </c>
       <c r="I209" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="4">
         <v>206</v>
       </c>
       <c r="B210" s="6">
         <v>3166</v>
       </c>
       <c r="C210" s="5" t="s">
         <v>278</v>
       </c>
       <c r="D210" s="5" t="s">
         <v>153</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F210" s="9">
         <v>16</v>
       </c>
       <c r="G210" s="9">
         <v>182</v>
       </c>
       <c r="H210" s="9">
         <v>76</v>
       </c>
       <c r="I210" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="4">
         <v>207</v>
       </c>
       <c r="B211" s="6">
         <v>3412</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>279</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F211" s="9">
         <v>6</v>
       </c>
       <c r="G211" s="9">
         <v>75</v>
       </c>
       <c r="H211" s="9">
         <v>75</v>
       </c>
       <c r="I211" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="4">
         <v>208</v>
       </c>
       <c r="B212" s="6">
         <v>941</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>280</v>
       </c>
       <c r="D212" s="5" t="s">
@@ -8095,51 +8095,51 @@
       </c>
       <c r="G218" s="9">
         <v>69</v>
       </c>
       <c r="H218" s="9">
         <v>69</v>
       </c>
       <c r="I218" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="4">
         <v>215</v>
       </c>
       <c r="B219" s="6">
         <v>3949</v>
       </c>
       <c r="C219" s="7" t="s">
         <v>288</v>
       </c>
       <c r="D219" s="5" t="s">
         <v>217</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F219" s="9">
         <v>17</v>
       </c>
       <c r="G219" s="9">
         <v>207</v>
       </c>
       <c r="H219" s="9">
         <v>68</v>
       </c>
       <c r="I219" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="4">
         <v>216</v>
       </c>
       <c r="B220" s="6">
         <v>3663</v>
       </c>
       <c r="C220" s="5" t="s">
         <v>289</v>
       </c>
       <c r="D220" s="5" t="s">
@@ -8153,51 +8153,51 @@
       </c>
       <c r="G220" s="9">
         <v>152</v>
       </c>
       <c r="H220" s="9">
         <v>68</v>
       </c>
       <c r="I220" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="4">
         <v>217</v>
       </c>
       <c r="B221" s="6">
         <v>3509</v>
       </c>
       <c r="C221" s="7" t="s">
         <v>290</v>
       </c>
       <c r="D221" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F221" s="9">
         <v>4</v>
       </c>
       <c r="G221" s="9">
         <v>66</v>
       </c>
       <c r="H221" s="9">
         <v>66</v>
       </c>
       <c r="I221" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="4">
         <v>218</v>
       </c>
       <c r="B222" s="6">
         <v>3182</v>
       </c>
       <c r="C222" s="5" t="s">
         <v>291</v>
       </c>
       <c r="D222" s="5" t="s">
@@ -8211,51 +8211,51 @@
       </c>
       <c r="G222" s="9">
         <v>66</v>
       </c>
       <c r="H222" s="9">
         <v>66</v>
       </c>
       <c r="I222" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="4">
         <v>219</v>
       </c>
       <c r="B223" s="6">
         <v>286</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>292</v>
       </c>
       <c r="D223" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F223" s="9">
         <v>2</v>
       </c>
       <c r="G223" s="9">
         <v>62</v>
       </c>
       <c r="H223" s="9">
         <v>62</v>
       </c>
       <c r="I223" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="4">
         <v>220</v>
       </c>
       <c r="B224" s="6">
         <v>4007</v>
       </c>
       <c r="C224" s="5" t="s">
         <v>293</v>
       </c>
       <c r="D224" s="5" t="s">
@@ -8298,51 +8298,51 @@
       </c>
       <c r="G225" s="9">
         <v>61</v>
       </c>
       <c r="H225" s="9">
         <v>61</v>
       </c>
       <c r="I225" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="4">
         <v>222</v>
       </c>
       <c r="B226" s="6">
         <v>1079</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>297</v>
       </c>
       <c r="D226" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F226" s="9">
         <v>3</v>
       </c>
       <c r="G226" s="9">
         <v>60</v>
       </c>
       <c r="H226" s="9">
         <v>60</v>
       </c>
       <c r="I226" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="4">
         <v>223</v>
       </c>
       <c r="B227" s="6">
         <v>2368</v>
       </c>
       <c r="C227" s="7" t="s">
         <v>298</v>
       </c>
       <c r="D227" s="5" t="s">
@@ -8356,80 +8356,80 @@
       </c>
       <c r="G227" s="9">
         <v>60</v>
       </c>
       <c r="H227" s="9">
         <v>60</v>
       </c>
       <c r="I227" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" s="4">
         <v>224</v>
       </c>
       <c r="B228" s="6">
         <v>1311</v>
       </c>
       <c r="C228" s="5" t="s">
         <v>299</v>
       </c>
       <c r="D228" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F228" s="9">
         <v>6</v>
       </c>
       <c r="G228" s="9">
         <v>60</v>
       </c>
       <c r="H228" s="9">
         <v>60</v>
       </c>
       <c r="I228" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="4">
         <v>225</v>
       </c>
       <c r="B229" s="6">
         <v>3821</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>300</v>
       </c>
       <c r="D229" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E229" s="5" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F229" s="9">
         <v>15</v>
       </c>
       <c r="G229" s="9">
         <v>115</v>
       </c>
       <c r="H229" s="9">
         <v>57</v>
       </c>
       <c r="I229" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="4">
         <v>226</v>
       </c>
       <c r="B230" s="6">
         <v>940</v>
       </c>
       <c r="C230" s="5" t="s">
         <v>301</v>
       </c>
       <c r="D230" s="5" t="s">
@@ -8530,51 +8530,51 @@
       </c>
       <c r="G233" s="9">
         <v>53</v>
       </c>
       <c r="H233" s="9">
         <v>53</v>
       </c>
       <c r="I233" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" s="4">
         <v>230</v>
       </c>
       <c r="B234" s="6">
         <v>744</v>
       </c>
       <c r="C234" s="7" t="s">
         <v>306</v>
       </c>
       <c r="D234" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>65</v>
+        <v>110</v>
       </c>
       <c r="F234" s="9">
         <v>4</v>
       </c>
       <c r="G234" s="9">
         <v>49</v>
       </c>
       <c r="H234" s="9">
         <v>49</v>
       </c>
       <c r="I234" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" s="4">
         <v>231</v>
       </c>
       <c r="B235" s="6">
         <v>3879</v>
       </c>
       <c r="C235" s="5" t="s">
         <v>307</v>
       </c>
       <c r="D235" s="5" t="s">
@@ -8789,51 +8789,51 @@
       </c>
       <c r="G242" s="9">
         <v>44</v>
       </c>
       <c r="H242" s="9">
         <v>44</v>
       </c>
       <c r="I242" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" s="4">
         <v>239</v>
       </c>
       <c r="B243" s="6">
         <v>2123</v>
       </c>
       <c r="C243" s="5" t="s">
         <v>317</v>
       </c>
       <c r="D243" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F243" s="9">
         <v>2</v>
       </c>
       <c r="G243" s="9">
         <v>43</v>
       </c>
       <c r="H243" s="9">
         <v>43</v>
       </c>
       <c r="I243" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" s="4">
         <v>240</v>
       </c>
       <c r="B244" s="6">
         <v>1550</v>
       </c>
       <c r="C244" s="5" t="s">
         <v>318</v>
       </c>
       <c r="D244" s="5" t="s">
@@ -8876,51 +8876,51 @@
       </c>
       <c r="G245" s="9">
         <v>43</v>
       </c>
       <c r="H245" s="9">
         <v>43</v>
       </c>
       <c r="I245" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" s="4">
         <v>242</v>
       </c>
       <c r="B246" s="6">
         <v>821</v>
       </c>
       <c r="C246" s="5" t="s">
         <v>320</v>
       </c>
       <c r="D246" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E246" s="5" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F246" s="9">
         <v>2</v>
       </c>
       <c r="G246" s="9">
         <v>41</v>
       </c>
       <c r="H246" s="9">
         <v>41</v>
       </c>
       <c r="I246" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" s="4">
         <v>243</v>
       </c>
       <c r="B247" s="6">
         <v>285</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>321</v>
       </c>
       <c r="D247" s="5" t="s">
@@ -9340,51 +9340,51 @@
       </c>
       <c r="G261" s="9">
         <v>236</v>
       </c>
       <c r="H261" s="9">
         <v>36</v>
       </c>
       <c r="I261" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" s="4">
         <v>258</v>
       </c>
       <c r="B262" s="6">
         <v>81</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>339</v>
       </c>
       <c r="D262" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E262" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F262" s="9">
         <v>2</v>
       </c>
       <c r="G262" s="9">
         <v>35</v>
       </c>
       <c r="H262" s="9">
         <v>35</v>
       </c>
       <c r="I262" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" s="4">
         <v>259</v>
       </c>
       <c r="B263" s="6">
         <v>1752</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>340</v>
       </c>
       <c r="D263" s="5" t="s">
@@ -9485,51 +9485,51 @@
       </c>
       <c r="G266" s="9">
         <v>141</v>
       </c>
       <c r="H266" s="9">
         <v>34</v>
       </c>
       <c r="I266" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" s="4">
         <v>263</v>
       </c>
       <c r="B267" s="6">
         <v>2509</v>
       </c>
       <c r="C267" s="5" t="s">
         <v>345</v>
       </c>
       <c r="D267" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E267" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F267" s="9">
         <v>2</v>
       </c>
       <c r="G267" s="9">
         <v>33</v>
       </c>
       <c r="H267" s="9">
         <v>33</v>
       </c>
       <c r="I267" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" s="4">
         <v>264</v>
       </c>
       <c r="B268" s="6">
         <v>2009</v>
       </c>
       <c r="C268" s="5" t="s">
         <v>346</v>
       </c>
       <c r="D268" s="5" t="s">
@@ -9572,51 +9572,51 @@
       </c>
       <c r="G269" s="9">
         <v>32</v>
       </c>
       <c r="H269" s="9">
         <v>32</v>
       </c>
       <c r="I269" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" s="4">
         <v>266</v>
       </c>
       <c r="B270" s="6">
         <v>2675</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>349</v>
       </c>
       <c r="D270" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F270" s="9">
         <v>2</v>
       </c>
       <c r="G270" s="9">
         <v>32</v>
       </c>
       <c r="H270" s="9">
         <v>32</v>
       </c>
       <c r="I270" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" s="4">
         <v>267</v>
       </c>
       <c r="B271" s="6">
         <v>2714</v>
       </c>
       <c r="C271" s="5" t="s">
         <v>350</v>
       </c>
       <c r="D271" s="5" t="s">
@@ -9862,164 +9862,164 @@
       </c>
       <c r="G279" s="9">
         <v>26</v>
       </c>
       <c r="H279" s="9">
         <v>26</v>
       </c>
       <c r="I279" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="4">
         <v>276</v>
       </c>
       <c r="B280" s="6">
         <v>2414</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>362</v>
       </c>
       <c r="D280" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E280" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F280" s="9">
         <v>2</v>
       </c>
       <c r="G280" s="9">
         <v>26</v>
       </c>
       <c r="H280" s="9">
         <v>26</v>
       </c>
       <c r="I280" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" s="4">
         <v>277</v>
       </c>
       <c r="B281" s="6">
         <v>1075</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>363</v>
       </c>
       <c r="D281" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F281" s="9">
         <v>1</v>
       </c>
       <c r="G281" s="9">
         <v>25</v>
       </c>
       <c r="H281" s="9">
         <v>25</v>
       </c>
       <c r="I281" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" s="4">
         <v>278</v>
       </c>
       <c r="B282" s="6">
         <v>3920</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>364</v>
       </c>
       <c r="D282" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E282" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F282" s="9">
         <v>2</v>
       </c>
       <c r="G282" s="9">
         <v>25</v>
       </c>
       <c r="H282" s="9">
         <v>25</v>
       </c>
       <c r="I282" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" s="4">
         <v>279</v>
       </c>
       <c r="B283" s="6">
         <v>824</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>365</v>
       </c>
       <c r="D283" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E283" s="5" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F283" s="9">
         <v>3</v>
       </c>
       <c r="G283" s="9">
         <v>25</v>
       </c>
       <c r="H283" s="9">
         <v>25</v>
       </c>
       <c r="I283" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="4">
         <v>280</v>
       </c>
       <c r="B284" s="6">
         <v>3427</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>366</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E284" s="5" t="s">
         <v>182</v>
       </c>
       <c r="F284" s="9">
         <v>2</v>
       </c>
       <c r="G284" s="9">
         <v>24</v>
       </c>
       <c r="H284" s="9">
         <v>24</v>
       </c>
       <c r="I284" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="4">
         <v>281</v>
       </c>
       <c r="B285" s="6">
         <v>103</v>
       </c>
       <c r="C285" s="5" t="s">
@@ -11480,173 +11480,173 @@
       </c>
       <c r="E8" s="8" t="s">
         <v>53</v>
       </c>
       <c r="F8" s="9">
         <v>22</v>
       </c>
       <c r="G8" s="9">
         <v>425</v>
       </c>
       <c r="H8" s="9">
         <v>307</v>
       </c>
       <c r="I8" s="9">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>2617</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F9" s="9">
         <v>18</v>
       </c>
       <c r="G9" s="9">
         <v>328</v>
       </c>
       <c r="H9" s="9">
         <v>298</v>
       </c>
       <c r="I9" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6">
         <v>1803</v>
       </c>
       <c r="C10" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" s="5" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="9">
         <v>16</v>
       </c>
       <c r="G10" s="9">
         <v>326</v>
       </c>
       <c r="H10" s="9">
         <v>296</v>
       </c>
       <c r="I10" s="9">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>3303</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>56</v>
       </c>
       <c r="F11" s="9">
         <v>20</v>
       </c>
       <c r="G11" s="9">
         <v>362</v>
       </c>
       <c r="H11" s="9">
         <v>290</v>
       </c>
       <c r="I11" s="9">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
         <v>2132</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F12" s="9">
         <v>20</v>
       </c>
       <c r="G12" s="9">
         <v>374</v>
       </c>
       <c r="H12" s="9">
         <v>289</v>
       </c>
       <c r="I12" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
       <c r="B13" s="6">
         <v>3794</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>115</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F13" s="9">
         <v>18</v>
       </c>
       <c r="G13" s="9">
         <v>305</v>
       </c>
       <c r="H13" s="9">
         <v>250</v>
       </c>
       <c r="I13" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>3404</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D14" s="5" t="s">
@@ -11773,51 +11773,51 @@
       </c>
       <c r="F18" s="9">
         <v>16</v>
       </c>
       <c r="G18" s="9">
         <v>247</v>
       </c>
       <c r="H18" s="9">
         <v>209</v>
       </c>
       <c r="I18" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
       <c r="B19" s="6">
         <v>6401</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>191</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>138</v>
       </c>
       <c r="F19" s="9">
         <v>13</v>
       </c>
       <c r="G19" s="9">
         <v>206</v>
       </c>
       <c r="H19" s="9">
         <v>206</v>
       </c>
       <c r="I19" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
       <c r="B20" s="6">
         <v>3496</v>
       </c>
       <c r="C20" s="5" t="s">
@@ -11834,51 +11834,51 @@
       </c>
       <c r="G20" s="9">
         <v>197</v>
       </c>
       <c r="H20" s="9">
         <v>197</v>
       </c>
       <c r="I20" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
       <c r="B21" s="6">
         <v>2461</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>196</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F21" s="9">
         <v>14</v>
       </c>
       <c r="G21" s="9">
         <v>184</v>
       </c>
       <c r="H21" s="9">
         <v>175</v>
       </c>
       <c r="I21" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="4">
         <v>18</v>
       </c>
       <c r="B22" s="6">
         <v>2955</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D22" s="5" t="s">
@@ -11889,51 +11889,51 @@
       </c>
       <c r="F22" s="9">
         <v>12</v>
       </c>
       <c r="G22" s="9">
         <v>172</v>
       </c>
       <c r="H22" s="9">
         <v>172</v>
       </c>
       <c r="I22" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
       <c r="B23" s="6">
         <v>1929</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>185</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>136</v>
       </c>
       <c r="F23" s="9">
         <v>14</v>
       </c>
       <c r="G23" s="9">
         <v>180</v>
       </c>
       <c r="H23" s="9">
         <v>172</v>
       </c>
       <c r="I23" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="4">
         <v>20</v>
       </c>
       <c r="B24" s="6">
         <v>3725</v>
       </c>
       <c r="C24" s="5" t="s">
@@ -11979,109 +11979,109 @@
       </c>
       <c r="G25" s="9">
         <v>108</v>
       </c>
       <c r="H25" s="9">
         <v>108</v>
       </c>
       <c r="I25" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="4">
         <v>22</v>
       </c>
       <c r="B26" s="6">
         <v>1999</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>251</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F26" s="9">
         <v>6</v>
       </c>
       <c r="G26" s="9">
         <v>99</v>
       </c>
       <c r="H26" s="9">
         <v>99</v>
       </c>
       <c r="I26" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="4">
         <v>23</v>
       </c>
       <c r="B27" s="6">
         <v>3607</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>182</v>
       </c>
       <c r="F27" s="9">
         <v>14</v>
       </c>
       <c r="G27" s="9">
         <v>95</v>
       </c>
       <c r="H27" s="9">
         <v>91</v>
       </c>
       <c r="I27" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="4">
         <v>24</v>
       </c>
       <c r="B28" s="6">
         <v>3412</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>279</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F28" s="9">
         <v>6</v>
       </c>
       <c r="G28" s="9">
         <v>75</v>
       </c>
       <c r="H28" s="9">
         <v>75</v>
       </c>
       <c r="I28" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="4">
         <v>25</v>
       </c>
       <c r="B29" s="6">
         <v>2837</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>331</v>
       </c>
       <c r="D29" s="5" t="s">
@@ -12208,51 +12208,51 @@
       </c>
       <c r="F33" s="9">
         <v>2</v>
       </c>
       <c r="G33" s="9">
         <v>28</v>
       </c>
       <c r="H33" s="9">
         <v>28</v>
       </c>
       <c r="I33" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="4">
         <v>30</v>
       </c>
       <c r="B34" s="6">
         <v>3427</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>366</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>182</v>
       </c>
       <c r="F34" s="9">
         <v>2</v>
       </c>
       <c r="G34" s="9">
         <v>24</v>
       </c>
       <c r="H34" s="9">
         <v>24</v>
       </c>
       <c r="I34" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="4">
         <v>31</v>
       </c>
       <c r="B35" s="6">
         <v>2167</v>
       </c>
       <c r="C35" s="5" t="s">
@@ -12466,86 +12466,86 @@
       </c>
       <c r="E4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>9</v>
       </c>
       <c r="H4" s="10" t="s">
         <v>10</v>
       </c>
       <c r="I4" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="4">
         <v>1</v>
       </c>
       <c r="B5" s="6">
         <v>2552</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F5" s="9">
         <v>22</v>
       </c>
       <c r="G5" s="9">
         <v>437</v>
       </c>
       <c r="H5" s="9">
         <v>304</v>
       </c>
       <c r="I5" s="9">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="6">
         <v>2954</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F6" s="9">
         <v>24</v>
       </c>
       <c r="G6" s="9">
         <v>459</v>
       </c>
       <c r="H6" s="9">
         <v>304</v>
       </c>
       <c r="I6" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6">
         <v>3639</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="D7" s="5" t="s">
@@ -12733,51 +12733,51 @@
       </c>
       <c r="G13" s="9">
         <v>217</v>
       </c>
       <c r="H13" s="9">
         <v>217</v>
       </c>
       <c r="I13" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>2050</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>266</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F14" s="9">
         <v>12</v>
       </c>
       <c r="G14" s="9">
         <v>217</v>
       </c>
       <c r="H14" s="9">
         <v>217</v>
       </c>
       <c r="I14" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>3349</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>216</v>
       </c>
       <c r="D15" s="5" t="s">
@@ -12791,80 +12791,80 @@
       </c>
       <c r="G15" s="9">
         <v>215</v>
       </c>
       <c r="H15" s="9">
         <v>201</v>
       </c>
       <c r="I15" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>3859</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>176</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F16" s="9">
         <v>16</v>
       </c>
       <c r="G16" s="9">
         <v>196</v>
       </c>
       <c r="H16" s="9">
         <v>180</v>
       </c>
       <c r="I16" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="6">
         <v>3949</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>288</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>217</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F17" s="9">
         <v>15</v>
       </c>
       <c r="G17" s="9">
         <v>167</v>
       </c>
       <c r="H17" s="9">
         <v>155</v>
       </c>
       <c r="I17" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
       <c r="B18" s="6">
         <v>3140</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D18" s="5" t="s">
@@ -13458,51 +13458,51 @@
       </c>
       <c r="G4" s="10" t="s">
         <v>9</v>
       </c>
       <c r="H4" s="10" t="s">
         <v>10</v>
       </c>
       <c r="I4" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="4">
         <v>1</v>
       </c>
       <c r="B5" s="6">
         <v>3406</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>226</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>153</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F5" s="9">
         <v>19</v>
       </c>
       <c r="G5" s="9">
         <v>318</v>
       </c>
       <c r="H5" s="9">
         <v>258</v>
       </c>
       <c r="I5" s="9">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="6">
         <v>3597</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>225</v>
       </c>
       <c r="D6" s="5" t="s">
@@ -13690,51 +13690,51 @@
       </c>
       <c r="G12" s="9">
         <v>204</v>
       </c>
       <c r="H12" s="9">
         <v>179</v>
       </c>
       <c r="I12" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
       <c r="B13" s="6">
         <v>3166</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>278</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>153</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F13" s="9">
         <v>16</v>
       </c>
       <c r="G13" s="9">
         <v>182</v>
       </c>
       <c r="H13" s="9">
         <v>167</v>
       </c>
       <c r="I13" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>3853</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>378</v>
       </c>
       <c r="D14" s="5" t="s">
@@ -13748,51 +13748,51 @@
       </c>
       <c r="G14" s="9">
         <v>150</v>
       </c>
       <c r="H14" s="9">
         <v>145</v>
       </c>
       <c r="I14" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>3821</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>300</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F15" s="9">
         <v>15</v>
       </c>
       <c r="G15" s="9">
         <v>115</v>
       </c>
       <c r="H15" s="9">
         <v>112</v>
       </c>
       <c r="I15" s="9">
         <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>3021</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>421</v>
       </c>
       <c r="D16" s="5" t="s">
@@ -14298,54 +14298,54 @@
       </c>
       <c r="E4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>9</v>
       </c>
       <c r="H4" s="10" t="s">
         <v>10</v>
       </c>
       <c r="I4" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="4">
         <v>1</v>
       </c>
       <c r="B5" s="6">
         <v>1803</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D5" s="5" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F5" s="9">
         <v>16</v>
       </c>
       <c r="G5" s="9">
         <v>353</v>
       </c>
       <c r="H5" s="9">
         <v>313</v>
       </c>
       <c r="I5" s="9">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="6">
         <v>1584</v>
       </c>
       <c r="C6" s="5" t="s">
@@ -14356,170 +14356,170 @@
       </c>
       <c r="E6" s="5" t="s">
         <v>56</v>
       </c>
       <c r="F6" s="9">
         <v>30</v>
       </c>
       <c r="G6" s="9">
         <v>522</v>
       </c>
       <c r="H6" s="9">
         <v>308</v>
       </c>
       <c r="I6" s="9">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6">
         <v>1691</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F7" s="9">
         <v>16</v>
       </c>
       <c r="G7" s="9">
         <v>331</v>
       </c>
       <c r="H7" s="9">
         <v>300</v>
       </c>
       <c r="I7" s="9">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="6">
         <v>129</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="9">
         <v>22</v>
       </c>
       <c r="G8" s="9">
         <v>384</v>
       </c>
       <c r="H8" s="9">
         <v>285</v>
       </c>
       <c r="I8" s="9">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>1100</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>129</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F9" s="9">
         <v>10</v>
       </c>
       <c r="G9" s="9">
         <v>221</v>
       </c>
       <c r="H9" s="9">
         <v>221</v>
       </c>
       <c r="I9" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6">
         <v>6401</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>191</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>138</v>
       </c>
       <c r="F10" s="9">
         <v>13</v>
       </c>
       <c r="G10" s="9">
         <v>216</v>
       </c>
       <c r="H10" s="9">
         <v>216</v>
       </c>
       <c r="I10" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>1929</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>185</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>136</v>
       </c>
       <c r="F11" s="9">
         <v>16</v>
       </c>
       <c r="G11" s="9">
         <v>230</v>
       </c>
       <c r="H11" s="9">
         <v>210</v>
       </c>
       <c r="I11" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
         <v>3349</v>
       </c>
       <c r="C12" s="5" t="s">
@@ -14565,51 +14565,51 @@
       </c>
       <c r="G13" s="9">
         <v>131</v>
       </c>
       <c r="H13" s="9">
         <v>131</v>
       </c>
       <c r="I13" s="9">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>3949</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>288</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>217</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F14" s="9">
         <v>7</v>
       </c>
       <c r="G14" s="9">
         <v>108</v>
       </c>
       <c r="H14" s="9">
         <v>108</v>
       </c>
       <c r="I14" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>3663</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>289</v>
       </c>
       <c r="D15" s="5" t="s">
@@ -14620,51 +14620,51 @@
       </c>
       <c r="F15" s="9">
         <v>11</v>
       </c>
       <c r="G15" s="9">
         <v>103</v>
       </c>
       <c r="H15" s="9">
         <v>103</v>
       </c>
       <c r="I15" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>3607</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>182</v>
       </c>
       <c r="F16" s="9">
         <v>14</v>
       </c>
       <c r="G16" s="9">
         <v>95</v>
       </c>
       <c r="H16" s="9">
         <v>91</v>
       </c>
       <c r="I16" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="6">
         <v>3964</v>
       </c>
       <c r="C17" s="5" t="s">
@@ -14739,51 +14739,51 @@
       </c>
       <c r="G19" s="9">
         <v>57</v>
       </c>
       <c r="H19" s="9">
         <v>57</v>
       </c>
       <c r="I19" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
       <c r="B20" s="6">
         <v>3821</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>300</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>260</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F20" s="9">
         <v>9</v>
       </c>
       <c r="G20" s="9">
         <v>57</v>
       </c>
       <c r="H20" s="9">
         <v>57</v>
       </c>
       <c r="I20" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
       <c r="B21" s="6">
         <v>3300</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>426</v>
       </c>
       <c r="D21" s="5" t="s">
@@ -14794,51 +14794,51 @@
       </c>
       <c r="F21" s="9">
         <v>2</v>
       </c>
       <c r="G21" s="9">
         <v>44</v>
       </c>
       <c r="H21" s="9">
         <v>44</v>
       </c>
       <c r="I21" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="4">
         <v>18</v>
       </c>
       <c r="B22" s="6">
         <v>3427</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>366</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>182</v>
       </c>
       <c r="F22" s="9">
         <v>2</v>
       </c>
       <c r="G22" s="9">
         <v>24</v>
       </c>
       <c r="H22" s="9">
         <v>24</v>
       </c>
       <c r="I22" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
       <c r="B23" s="6">
         <v>2704</v>
       </c>
       <c r="C23" s="5" t="s">