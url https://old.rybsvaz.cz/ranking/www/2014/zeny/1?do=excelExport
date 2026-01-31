--- v0 (2025-12-08)
+++ v1 (2026-01-31)
@@ -12530,51 +12530,51 @@
       </c>
       <c r="G6" s="9">
         <v>459</v>
       </c>
       <c r="H6" s="9">
         <v>304</v>
       </c>
       <c r="I6" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6">
         <v>3639</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>25</v>
+        <v>110</v>
       </c>
       <c r="F7" s="9">
         <v>28</v>
       </c>
       <c r="G7" s="9">
         <v>480</v>
       </c>
       <c r="H7" s="9">
         <v>294</v>
       </c>
       <c r="I7" s="9">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="6">
         <v>3696</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>116</v>
       </c>
       <c r="D8" s="5" t="s">