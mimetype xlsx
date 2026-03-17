--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -4381,51 +4381,51 @@
       </c>
       <c r="G92" s="9">
         <v>216</v>
       </c>
       <c r="H92" s="9">
         <v>216</v>
       </c>
       <c r="I92" s="9">
         <v>4</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="4">
         <v>89</v>
       </c>
       <c r="B93" s="6">
         <v>1076</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>142</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>130</v>
+        <v>96</v>
       </c>
       <c r="F93" s="9">
         <v>12</v>
       </c>
       <c r="G93" s="9">
         <v>215</v>
       </c>
       <c r="H93" s="9">
         <v>215</v>
       </c>
       <c r="I93" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="4">
         <v>90</v>
       </c>
       <c r="B94" s="6">
         <v>21</v>
       </c>
       <c r="C94" s="7" t="s">
         <v>143</v>
       </c>
       <c r="D94" s="5" t="s">