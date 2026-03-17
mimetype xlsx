--- v0 (2025-12-13)
+++ v1 (2026-03-17)
@@ -5193,52 +5193,52 @@
         <v>9</v>
       </c>
       <c r="G116" s="9">
         <v>185</v>
       </c>
       <c r="H116" s="9">
         <v>185</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>788</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>177</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="E117" s="8" t="s">
-        <v>49</v>
+      <c r="E117" s="5" t="s">
+        <v>87</v>
       </c>
       <c r="F117" s="9">
         <v>9</v>
       </c>
       <c r="G117" s="9">
         <v>185</v>
       </c>
       <c r="H117" s="9">
         <v>185</v>
       </c>
       <c r="I117" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="4">
         <v>114</v>
       </c>
       <c r="B118" s="6">
         <v>907</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>178</v>
       </c>
       <c r="D118" s="5" t="s">
@@ -6180,51 +6180,51 @@
       </c>
       <c r="G150" s="9">
         <v>148</v>
       </c>
       <c r="H150" s="9">
         <v>148</v>
       </c>
       <c r="I150" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="4">
         <v>147</v>
       </c>
       <c r="B151" s="6">
         <v>4071</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>216</v>
       </c>
       <c r="D151" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>59</v>
+        <v>214</v>
       </c>
       <c r="F151" s="9">
         <v>10</v>
       </c>
       <c r="G151" s="9">
         <v>148</v>
       </c>
       <c r="H151" s="9">
         <v>148</v>
       </c>
       <c r="I151" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="4">
         <v>148</v>
       </c>
       <c r="B152" s="6">
         <v>1105</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>217</v>
       </c>
       <c r="D152" s="5" t="s">