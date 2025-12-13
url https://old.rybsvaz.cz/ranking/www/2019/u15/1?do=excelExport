--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -9651,51 +9651,51 @@
       </c>
       <c r="G272" s="9">
         <v>29</v>
       </c>
       <c r="H272" s="9">
         <v>29</v>
       </c>
       <c r="I272" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" s="4">
         <v>269</v>
       </c>
       <c r="B273" s="6">
         <v>5621</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>362</v>
       </c>
       <c r="D273" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E273" s="5" t="s">
-        <v>68</v>
+        <v>177</v>
       </c>
       <c r="F273" s="9">
         <v>6</v>
       </c>
       <c r="G273" s="9">
         <v>28</v>
       </c>
       <c r="H273" s="9">
         <v>28</v>
       </c>
       <c r="I273" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" s="4">
         <v>270</v>
       </c>
       <c r="B274" s="6">
         <v>4980</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>363</v>
       </c>
       <c r="D274" s="5" t="s">