--- v0 (2025-12-15)
+++ v1 (2026-03-22)
@@ -2525,52 +2525,52 @@
         <v>10</v>
       </c>
       <c r="G30" s="9">
         <v>306</v>
       </c>
       <c r="H30" s="9">
         <v>306</v>
       </c>
       <c r="I30" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
       <c r="B31" s="6">
         <v>5346</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="E31" s="5" t="s">
-        <v>16</v>
+      <c r="E31" s="8" t="s">
+        <v>52</v>
       </c>
       <c r="F31" s="9">
         <v>14</v>
       </c>
       <c r="G31" s="9">
         <v>338</v>
       </c>
       <c r="H31" s="9">
         <v>306</v>
       </c>
       <c r="I31" s="9">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
       <c r="B32" s="6">
         <v>39</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D32" s="5" t="s">