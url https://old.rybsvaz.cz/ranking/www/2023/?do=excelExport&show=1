--- v0 (2025-12-09)
+++ v1 (2026-03-19)
@@ -3455,52 +3455,52 @@
         <v>16</v>
       </c>
       <c r="G66" s="9">
         <v>277</v>
       </c>
       <c r="H66" s="9">
         <v>239</v>
       </c>
       <c r="I66" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="4">
         <v>63</v>
       </c>
       <c r="B67" s="6">
         <v>2438</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="E67" s="5" t="s">
-        <v>44</v>
+      <c r="E67" s="8" t="s">
+        <v>31</v>
       </c>
       <c r="F67" s="9">
         <v>10</v>
       </c>
       <c r="G67" s="9">
         <v>238</v>
       </c>
       <c r="H67" s="9">
         <v>238</v>
       </c>
       <c r="I67" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="4">
         <v>64</v>
       </c>
       <c r="B68" s="6">
         <v>4</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>110</v>
       </c>
       <c r="D68" s="5" t="s">