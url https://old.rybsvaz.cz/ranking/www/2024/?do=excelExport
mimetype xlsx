--- v0 (2025-12-08)
+++ v1 (2026-03-19)
@@ -510,50 +510,53 @@
   <si>
     <t>ČRS MO Ostrava PRESTON</t>
   </si>
   <si>
     <t>Dvořák Miloslav Mgr.</t>
   </si>
   <si>
     <t>Bárta Jakub</t>
   </si>
   <si>
     <t>Plzeň 1</t>
   </si>
   <si>
     <t>Jireček Miroslav</t>
   </si>
   <si>
     <t>Kudrna Šimon</t>
   </si>
   <si>
     <t>Poláček Petr</t>
   </si>
   <si>
     <t>Vavřín Václav</t>
   </si>
   <si>
+    <t>MO ČRS Choceň Colmic</t>
+  </si>
+  <si>
     <t>Hanzal Ondřej Ing.</t>
   </si>
   <si>
     <t>Brašna Filip</t>
   </si>
   <si>
     <t>Lev Radek ml.</t>
   </si>
   <si>
     <t>Veltruský Zdeněk ml.</t>
   </si>
   <si>
     <t>Presl Lukáš</t>
   </si>
   <si>
     <t>Vrba David</t>
   </si>
   <si>
     <t>Starý Jakub</t>
   </si>
   <si>
     <t>Hruzík David</t>
   </si>
   <si>
     <t>Cajthaml Jaroslav</t>
@@ -622,53 +625,50 @@
     <t>Krym Petr</t>
   </si>
   <si>
     <t>Mašek Jakub</t>
   </si>
   <si>
     <t>Nepomuk</t>
   </si>
   <si>
     <t>Mádle Radek</t>
   </si>
   <si>
     <t>Grzegorz Ferenc</t>
   </si>
   <si>
     <t>Bartoš Jiří Ing.</t>
   </si>
   <si>
     <t>Štarman Jiří</t>
   </si>
   <si>
     <t>MO ČRS OPOČNO - GOLD FISH</t>
   </si>
   <si>
     <t>Černý Václav</t>
-  </si>
-[...1 lines deleted...]
-    <t>MO ČRS Choceň Colmic</t>
   </si>
   <si>
     <t>Pávek Martin</t>
   </si>
   <si>
     <t>Olšán Jakub</t>
   </si>
   <si>
     <t>Toužimský Jiří</t>
   </si>
   <si>
     <t>Krištof Tomáš</t>
   </si>
   <si>
     <t>Zeman Luboš</t>
   </si>
   <si>
     <t>ČRS MO Kladruby u Vlašimi - Garbolino-czech</t>
   </si>
   <si>
     <t>Řehulka Patrik</t>
   </si>
   <si>
     <t>Flanderka Michal Ing.</t>
   </si>
@@ -4682,1066 +4682,1066 @@
       </c>
       <c r="G109" s="9">
         <v>159</v>
       </c>
       <c r="H109" s="9">
         <v>159</v>
       </c>
       <c r="I109" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="4">
         <v>106</v>
       </c>
       <c r="B110" s="6">
         <v>3398</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>161</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="F110" s="9">
         <v>6</v>
       </c>
       <c r="G110" s="9">
         <v>158</v>
       </c>
       <c r="H110" s="9">
         <v>158</v>
       </c>
       <c r="I110" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="4">
         <v>107</v>
       </c>
       <c r="B111" s="6">
         <v>6836</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>74</v>
       </c>
       <c r="F111" s="9">
         <v>8</v>
       </c>
       <c r="G111" s="9">
         <v>158</v>
       </c>
       <c r="H111" s="9">
         <v>158</v>
       </c>
       <c r="I111" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="4">
         <v>108</v>
       </c>
       <c r="B112" s="6">
         <v>7023</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>122</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>123</v>
       </c>
       <c r="F112" s="9">
         <v>18</v>
       </c>
       <c r="G112" s="9">
         <v>271</v>
       </c>
       <c r="H112" s="9">
         <v>158</v>
       </c>
       <c r="I112" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="4">
         <v>109</v>
       </c>
       <c r="B113" s="6">
         <v>3060</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>134</v>
       </c>
       <c r="F113" s="9">
         <v>8</v>
       </c>
       <c r="G113" s="9">
         <v>154</v>
       </c>
       <c r="H113" s="9">
         <v>154</v>
       </c>
       <c r="I113" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="4">
         <v>110</v>
       </c>
       <c r="B114" s="6">
         <v>196</v>
       </c>
       <c r="C114" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>45</v>
       </c>
       <c r="F114" s="9">
         <v>6</v>
       </c>
       <c r="G114" s="9">
         <v>152</v>
       </c>
       <c r="H114" s="9">
         <v>152</v>
       </c>
       <c r="I114" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="4">
         <v>111</v>
       </c>
       <c r="B115" s="6">
         <v>7682</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>122</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>123</v>
       </c>
       <c r="F115" s="9">
         <v>18</v>
       </c>
       <c r="G115" s="9">
         <v>236</v>
       </c>
       <c r="H115" s="9">
         <v>151</v>
       </c>
       <c r="I115" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="6">
         <v>4561</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>31</v>
       </c>
       <c r="F116" s="9">
         <v>6</v>
       </c>
       <c r="G116" s="9">
         <v>149</v>
       </c>
       <c r="H116" s="9">
         <v>149</v>
       </c>
       <c r="I116" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="6">
         <v>6923</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>154</v>
       </c>
       <c r="F117" s="9">
         <v>12</v>
       </c>
       <c r="G117" s="9">
         <v>193</v>
       </c>
       <c r="H117" s="9">
         <v>149</v>
       </c>
       <c r="I117" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="4">
         <v>114</v>
       </c>
       <c r="B118" s="6">
         <v>3223</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="5" t="s">
         <v>154</v>
       </c>
       <c r="F118" s="9">
         <v>6</v>
       </c>
       <c r="G118" s="9">
         <v>147</v>
       </c>
       <c r="H118" s="9">
         <v>147</v>
       </c>
       <c r="I118" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="4">
         <v>115</v>
       </c>
       <c r="B119" s="6">
         <v>1192</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>129</v>
       </c>
       <c r="F119" s="9">
         <v>8</v>
       </c>
       <c r="G119" s="9">
         <v>145</v>
       </c>
       <c r="H119" s="9">
         <v>145</v>
       </c>
       <c r="I119" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="4">
         <v>116</v>
       </c>
       <c r="B120" s="6">
         <v>2008</v>
       </c>
       <c r="C120" s="7" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="5" t="s">
         <v>33</v>
       </c>
       <c r="F120" s="9">
         <v>10</v>
       </c>
       <c r="G120" s="9">
         <v>145</v>
       </c>
       <c r="H120" s="9">
         <v>145</v>
       </c>
       <c r="I120" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="4">
         <v>117</v>
       </c>
       <c r="B121" s="6">
         <v>5980</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E121" s="5" t="s">
         <v>26</v>
       </c>
       <c r="F121" s="9">
         <v>10</v>
       </c>
       <c r="G121" s="9">
         <v>192</v>
       </c>
       <c r="H121" s="9">
         <v>144</v>
       </c>
       <c r="I121" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="4">
         <v>118</v>
       </c>
       <c r="B122" s="6">
         <v>1079</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="8" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F122" s="9">
         <v>10</v>
       </c>
       <c r="G122" s="9">
         <v>143</v>
       </c>
       <c r="H122" s="9">
         <v>143</v>
       </c>
       <c r="I122" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="4">
         <v>119</v>
       </c>
       <c r="B123" s="6">
         <v>3972</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="5" t="s">
         <v>134</v>
       </c>
       <c r="F123" s="9">
         <v>6</v>
       </c>
       <c r="G123" s="9">
         <v>142</v>
       </c>
       <c r="H123" s="9">
         <v>142</v>
       </c>
       <c r="I123" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="4">
         <v>120</v>
       </c>
       <c r="B124" s="6">
         <v>966</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="5" t="s">
         <v>53</v>
       </c>
       <c r="F124" s="9">
         <v>6</v>
       </c>
       <c r="G124" s="9">
         <v>139</v>
       </c>
       <c r="H124" s="9">
         <v>139</v>
       </c>
       <c r="I124" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="4">
         <v>121</v>
       </c>
       <c r="B125" s="6">
         <v>3901</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F125" s="9">
         <v>8</v>
       </c>
       <c r="G125" s="9">
         <v>139</v>
       </c>
       <c r="H125" s="9">
         <v>139</v>
       </c>
       <c r="I125" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="4">
         <v>122</v>
       </c>
       <c r="B126" s="6">
         <v>4062</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="5" t="s">
         <v>134</v>
       </c>
       <c r="F126" s="9">
         <v>8</v>
       </c>
       <c r="G126" s="9">
         <v>138</v>
       </c>
       <c r="H126" s="9">
         <v>138</v>
       </c>
       <c r="I126" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="4">
         <v>123</v>
       </c>
       <c r="B127" s="6">
         <v>6838</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="8" t="s">
         <v>97</v>
       </c>
       <c r="F127" s="9">
         <v>10</v>
       </c>
       <c r="G127" s="9">
         <v>138</v>
       </c>
       <c r="H127" s="9">
         <v>138</v>
       </c>
       <c r="I127" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="4">
         <v>124</v>
       </c>
       <c r="B128" s="6">
         <v>5468</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="5" t="s">
         <v>94</v>
       </c>
       <c r="F128" s="9">
         <v>10</v>
       </c>
       <c r="G128" s="9">
         <v>136</v>
       </c>
       <c r="H128" s="9">
         <v>136</v>
       </c>
       <c r="I128" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="4">
         <v>125</v>
       </c>
       <c r="B129" s="6">
         <v>949</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="8" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F129" s="9">
         <v>8</v>
       </c>
       <c r="G129" s="9">
         <v>135</v>
       </c>
       <c r="H129" s="9">
         <v>135</v>
       </c>
       <c r="I129" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="4">
         <v>126</v>
       </c>
       <c r="B130" s="6">
         <v>2068</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="5" t="s">
         <v>31</v>
       </c>
       <c r="F130" s="9">
         <v>8</v>
       </c>
       <c r="G130" s="9">
         <v>134</v>
       </c>
       <c r="H130" s="9">
         <v>134</v>
       </c>
       <c r="I130" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="4">
         <v>127</v>
       </c>
       <c r="B131" s="6">
         <v>7681</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>122</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>85</v>
       </c>
       <c r="F131" s="9">
         <v>18</v>
       </c>
       <c r="G131" s="9">
         <v>264</v>
       </c>
       <c r="H131" s="9">
         <v>133</v>
       </c>
       <c r="I131" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="4">
         <v>128</v>
       </c>
       <c r="B132" s="6">
         <v>6675</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F132" s="9">
         <v>6</v>
       </c>
       <c r="G132" s="9">
         <v>131</v>
       </c>
       <c r="H132" s="9">
         <v>131</v>
       </c>
       <c r="I132" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="4">
         <v>129</v>
       </c>
       <c r="B133" s="6">
         <v>2675</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="5" t="s">
         <v>70</v>
       </c>
       <c r="F133" s="9">
         <v>8</v>
       </c>
       <c r="G133" s="9">
         <v>126</v>
       </c>
       <c r="H133" s="9">
         <v>126</v>
       </c>
       <c r="I133" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="4">
         <v>130</v>
       </c>
       <c r="B134" s="6">
         <v>6126</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>123</v>
       </c>
       <c r="F134" s="9">
         <v>14</v>
       </c>
       <c r="G134" s="9">
         <v>176</v>
       </c>
       <c r="H134" s="9">
         <v>123</v>
       </c>
       <c r="I134" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="4">
         <v>131</v>
       </c>
       <c r="B135" s="6">
         <v>788</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="5" t="s">
         <v>77</v>
       </c>
       <c r="F135" s="9">
         <v>6</v>
       </c>
       <c r="G135" s="9">
         <v>122</v>
       </c>
       <c r="H135" s="9">
         <v>122</v>
       </c>
       <c r="I135" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="4">
         <v>132</v>
       </c>
       <c r="B136" s="6">
         <v>8108</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F136" s="9">
         <v>6</v>
       </c>
       <c r="G136" s="9">
         <v>119</v>
       </c>
       <c r="H136" s="9">
         <v>119</v>
       </c>
       <c r="I136" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="4">
         <v>133</v>
       </c>
       <c r="B137" s="6">
         <v>1804</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D137" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="5" t="s">
         <v>77</v>
       </c>
       <c r="F137" s="9">
         <v>6</v>
       </c>
       <c r="G137" s="9">
         <v>118</v>
       </c>
       <c r="H137" s="9">
         <v>118</v>
       </c>
       <c r="I137" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="4">
         <v>134</v>
       </c>
       <c r="B138" s="6">
         <v>6707</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D138" s="5" t="s">
         <v>133</v>
       </c>
       <c r="E138" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F138" s="9">
         <v>10</v>
       </c>
       <c r="G138" s="9">
         <v>165</v>
       </c>
       <c r="H138" s="9">
         <v>117</v>
       </c>
       <c r="I138" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="4">
         <v>135</v>
       </c>
       <c r="B139" s="6">
         <v>8101</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>122</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F139" s="9">
         <v>16</v>
       </c>
       <c r="G139" s="9">
         <v>216</v>
       </c>
       <c r="H139" s="9">
         <v>117</v>
       </c>
       <c r="I139" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="4">
         <v>136</v>
       </c>
       <c r="B140" s="6">
         <v>4104</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="8" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F140" s="9">
         <v>8</v>
       </c>
       <c r="G140" s="9">
         <v>116</v>
       </c>
       <c r="H140" s="9">
         <v>116</v>
       </c>
       <c r="I140" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="4">
         <v>137</v>
       </c>
       <c r="B141" s="6">
         <v>8106</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F141" s="9">
         <v>6</v>
       </c>
       <c r="G141" s="9">
         <v>115</v>
       </c>
       <c r="H141" s="9">
         <v>115</v>
       </c>
       <c r="I141" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="4">
         <v>138</v>
       </c>
       <c r="B142" s="6">
         <v>781</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D142" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="8" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F142" s="9">
         <v>8</v>
       </c>
       <c r="G142" s="9">
         <v>115</v>
       </c>
       <c r="H142" s="9">
         <v>115</v>
       </c>
       <c r="I142" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="4">
         <v>139</v>
       </c>
       <c r="B143" s="6">
         <v>7997</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F143" s="9">
         <v>6</v>
       </c>
       <c r="G143" s="9">
         <v>114</v>
       </c>
       <c r="H143" s="9">
         <v>114</v>
       </c>
       <c r="I143" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="4">
         <v>140</v>
       </c>
       <c r="B144" s="6">
         <v>2877</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="F144" s="9">
         <v>6</v>
       </c>
       <c r="G144" s="9">
         <v>113</v>
       </c>
       <c r="H144" s="9">
         <v>113</v>
       </c>
       <c r="I144" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="4">
         <v>141</v>
       </c>
       <c r="B145" s="6">
         <v>569</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="F145" s="9">
         <v>6</v>
       </c>
       <c r="G145" s="9">
         <v>113</v>
       </c>
       <c r="H145" s="9">
         <v>113</v>
       </c>
       <c r="I145" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="4">
         <v>142</v>
       </c>
       <c r="B146" s="6">
         <v>3450</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>202</v>
       </c>
       <c r="D146" s="5" t="s">
@@ -6480,51 +6480,51 @@
       </c>
       <c r="G171" s="9">
         <v>80</v>
       </c>
       <c r="H171" s="9">
         <v>80</v>
       </c>
       <c r="I171" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="4">
         <v>168</v>
       </c>
       <c r="B172" s="6">
         <v>7696</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>232</v>
       </c>
       <c r="D172" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F172" s="9">
         <v>6</v>
       </c>
       <c r="G172" s="9">
         <v>80</v>
       </c>
       <c r="H172" s="9">
         <v>80</v>
       </c>
       <c r="I172" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="4">
         <v>169</v>
       </c>
       <c r="B173" s="6">
         <v>6907</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>233</v>
       </c>
       <c r="D173" s="5" t="s">
@@ -6770,51 +6770,51 @@
       </c>
       <c r="G181" s="9">
         <v>68</v>
       </c>
       <c r="H181" s="9">
         <v>68</v>
       </c>
       <c r="I181" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="4">
         <v>178</v>
       </c>
       <c r="B182" s="6">
         <v>8107</v>
       </c>
       <c r="C182" s="7" t="s">
         <v>243</v>
       </c>
       <c r="D182" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F182" s="9">
         <v>4</v>
       </c>
       <c r="G182" s="9">
         <v>66</v>
       </c>
       <c r="H182" s="9">
         <v>66</v>
       </c>
       <c r="I182" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="4">
         <v>179</v>
       </c>
       <c r="B183" s="6">
         <v>142</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>244</v>
       </c>
       <c r="D183" s="5" t="s">
@@ -6971,51 +6971,51 @@
       </c>
       <c r="G188" s="9">
         <v>102</v>
       </c>
       <c r="H188" s="9">
         <v>62</v>
       </c>
       <c r="I188" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="4">
         <v>185</v>
       </c>
       <c r="B189" s="6">
         <v>4649</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>252</v>
       </c>
       <c r="D189" s="5" t="s">
         <v>226</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="F189" s="9">
         <v>7</v>
       </c>
       <c r="G189" s="9">
         <v>96</v>
       </c>
       <c r="H189" s="9">
         <v>61</v>
       </c>
       <c r="I189" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="4">
         <v>186</v>
       </c>
       <c r="B190" s="6">
         <v>4856</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>253</v>
       </c>
       <c r="D190" s="5" t="s">
@@ -7145,51 +7145,51 @@
       </c>
       <c r="G194" s="9">
         <v>106</v>
       </c>
       <c r="H194" s="9">
         <v>55</v>
       </c>
       <c r="I194" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="4">
         <v>191</v>
       </c>
       <c r="B195" s="6">
         <v>7478</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>258</v>
       </c>
       <c r="D195" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="F195" s="9">
         <v>4</v>
       </c>
       <c r="G195" s="9">
         <v>55</v>
       </c>
       <c r="H195" s="9">
         <v>55</v>
       </c>
       <c r="I195" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="4">
         <v>192</v>
       </c>
       <c r="B196" s="6">
         <v>3426</v>
       </c>
       <c r="C196" s="5" t="s">
         <v>259</v>
       </c>
       <c r="D196" s="5" t="s">
@@ -7348,51 +7348,51 @@
       </c>
       <c r="G201" s="9">
         <v>49</v>
       </c>
       <c r="H201" s="9">
         <v>49</v>
       </c>
       <c r="I201" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="4">
         <v>198</v>
       </c>
       <c r="B202" s="6">
         <v>575</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>268</v>
       </c>
       <c r="D202" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="F202" s="9">
         <v>3</v>
       </c>
       <c r="G202" s="9">
         <v>48</v>
       </c>
       <c r="H202" s="9">
         <v>48</v>
       </c>
       <c r="I202" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="4">
         <v>199</v>
       </c>
       <c r="B203" s="6">
         <v>7569</v>
       </c>
       <c r="C203" s="5" t="s">
         <v>269</v>
       </c>
       <c r="D203" s="5" t="s">
@@ -7406,80 +7406,80 @@
       </c>
       <c r="G203" s="9">
         <v>88</v>
       </c>
       <c r="H203" s="9">
         <v>48</v>
       </c>
       <c r="I203" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="4">
         <v>200</v>
       </c>
       <c r="B204" s="6">
         <v>4347</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>270</v>
       </c>
       <c r="D204" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F204" s="9">
         <v>2</v>
       </c>
       <c r="G204" s="9">
         <v>47</v>
       </c>
       <c r="H204" s="9">
         <v>47</v>
       </c>
       <c r="I204" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="4">
         <v>201</v>
       </c>
       <c r="B205" s="6">
         <v>7996</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>271</v>
       </c>
       <c r="D205" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F205" s="9">
         <v>6</v>
       </c>
       <c r="G205" s="9">
         <v>47</v>
       </c>
       <c r="H205" s="9">
         <v>47</v>
       </c>
       <c r="I205" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="4">
         <v>202</v>
       </c>
       <c r="B206" s="6">
         <v>93</v>
       </c>
       <c r="C206" s="5" t="s">
         <v>272</v>
       </c>
       <c r="D206" s="5" t="s">
@@ -7667,51 +7667,51 @@
       </c>
       <c r="G212" s="9">
         <v>44</v>
       </c>
       <c r="H212" s="9">
         <v>44</v>
       </c>
       <c r="I212" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="4">
         <v>209</v>
       </c>
       <c r="B213" s="6">
         <v>7466</v>
       </c>
       <c r="C213" s="5" t="s">
         <v>281</v>
       </c>
       <c r="D213" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F213" s="9">
         <v>6</v>
       </c>
       <c r="G213" s="9">
         <v>43</v>
       </c>
       <c r="H213" s="9">
         <v>43</v>
       </c>
       <c r="I213" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="4">
         <v>210</v>
       </c>
       <c r="B214" s="6">
         <v>7982</v>
       </c>
       <c r="C214" s="5" t="s">
         <v>282</v>
       </c>
       <c r="D214" s="5" t="s">
@@ -7783,51 +7783,51 @@
       </c>
       <c r="G216" s="9">
         <v>40</v>
       </c>
       <c r="H216" s="9">
         <v>40</v>
       </c>
       <c r="I216" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="4">
         <v>213</v>
       </c>
       <c r="B217" s="6">
         <v>1423</v>
       </c>
       <c r="C217" s="5" t="s">
         <v>287</v>
       </c>
       <c r="D217" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="F217" s="9">
         <v>2</v>
       </c>
       <c r="G217" s="9">
         <v>38</v>
       </c>
       <c r="H217" s="9">
         <v>38</v>
       </c>
       <c r="I217" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="4">
         <v>214</v>
       </c>
       <c r="B218" s="6">
         <v>3977</v>
       </c>
       <c r="C218" s="5" t="s">
         <v>288</v>
       </c>
       <c r="D218" s="5" t="s">
@@ -8015,51 +8015,51 @@
       </c>
       <c r="G224" s="9">
         <v>33</v>
       </c>
       <c r="H224" s="9">
         <v>33</v>
       </c>
       <c r="I224" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="4">
         <v>221</v>
       </c>
       <c r="B225" s="6">
         <v>8105</v>
       </c>
       <c r="C225" s="5" t="s">
         <v>299</v>
       </c>
       <c r="D225" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F225" s="9">
         <v>2</v>
       </c>
       <c r="G225" s="9">
         <v>32</v>
       </c>
       <c r="H225" s="9">
         <v>32</v>
       </c>
       <c r="I225" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="4">
         <v>222</v>
       </c>
       <c r="B226" s="6">
         <v>7622</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>300</v>
       </c>
       <c r="D226" s="5" t="s">
@@ -9254,51 +9254,51 @@
       </c>
       <c r="E9" s="5" t="s">
         <v>151</v>
       </c>
       <c r="F9" s="9">
         <v>10</v>
       </c>
       <c r="G9" s="9">
         <v>213</v>
       </c>
       <c r="H9" s="9">
         <v>213</v>
       </c>
       <c r="I9" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6">
         <v>5980</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="9">
         <v>10</v>
       </c>
       <c r="G10" s="9">
         <v>192</v>
       </c>
       <c r="H10" s="9">
         <v>192</v>
       </c>
       <c r="I10" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
@@ -9718,109 +9718,109 @@
       </c>
       <c r="E8" s="5" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="9">
         <v>16</v>
       </c>
       <c r="G8" s="9">
         <v>272</v>
       </c>
       <c r="H8" s="9">
         <v>241</v>
       </c>
       <c r="I8" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>6923</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>154</v>
       </c>
       <c r="F9" s="9">
         <v>12</v>
       </c>
       <c r="G9" s="9">
         <v>193</v>
       </c>
       <c r="H9" s="9">
         <v>193</v>
       </c>
       <c r="I9" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6">
         <v>6126</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>123</v>
       </c>
       <c r="F10" s="9">
         <v>14</v>
       </c>
       <c r="G10" s="9">
         <v>176</v>
       </c>
       <c r="H10" s="9">
         <v>162</v>
       </c>
       <c r="I10" s="9">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>4561</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>31</v>
       </c>
       <c r="F11" s="9">
         <v>6</v>
       </c>
       <c r="G11" s="9">
         <v>149</v>
       </c>
       <c r="H11" s="9">
         <v>149</v>
       </c>
       <c r="I11" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
@@ -9898,51 +9898,51 @@
       </c>
       <c r="G14" s="9">
         <v>106</v>
       </c>
       <c r="H14" s="9">
         <v>106</v>
       </c>
       <c r="I14" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>4649</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>252</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>226</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="F15" s="9">
         <v>7</v>
       </c>
       <c r="G15" s="9">
         <v>96</v>
       </c>
       <c r="H15" s="9">
         <v>96</v>
       </c>
       <c r="I15" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>4856</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>253</v>
       </c>
       <c r="D16" s="5" t="s">
@@ -10298,138 +10298,138 @@
       </c>
       <c r="E8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="F8" s="9">
         <v>10</v>
       </c>
       <c r="G8" s="9">
         <v>219</v>
       </c>
       <c r="H8" s="9">
         <v>219</v>
       </c>
       <c r="I8" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="6">
         <v>7023</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>122</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>123</v>
       </c>
       <c r="F9" s="9">
         <v>18</v>
       </c>
       <c r="G9" s="9">
         <v>271</v>
       </c>
       <c r="H9" s="9">
         <v>214</v>
       </c>
       <c r="I9" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="6">
         <v>7681</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>122</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>85</v>
       </c>
       <c r="F10" s="9">
         <v>18</v>
       </c>
       <c r="G10" s="9">
         <v>264</v>
       </c>
       <c r="H10" s="9">
         <v>212</v>
       </c>
       <c r="I10" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="6">
         <v>8101</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>122</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F11" s="9">
         <v>16</v>
       </c>
       <c r="G11" s="9">
         <v>216</v>
       </c>
       <c r="H11" s="9">
         <v>192</v>
       </c>
       <c r="I11" s="9">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
         <v>7682</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>122</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>123</v>
       </c>
       <c r="F12" s="9">
         <v>18</v>
       </c>
       <c r="G12" s="9">
         <v>236</v>
       </c>
       <c r="H12" s="9">
         <v>182</v>
       </c>
       <c r="I12" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
       <c r="B13" s="6">
@@ -11174,80 +11174,80 @@
       </c>
       <c r="G11" s="9">
         <v>88</v>
       </c>
       <c r="H11" s="9">
         <v>88</v>
       </c>
       <c r="I11" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="6">
         <v>8107</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>243</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F12" s="9">
         <v>4</v>
       </c>
       <c r="G12" s="9">
         <v>66</v>
       </c>
       <c r="H12" s="9">
         <v>66</v>
       </c>
       <c r="I12" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
       <c r="B13" s="6">
         <v>4649</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>252</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>226</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="F13" s="9">
         <v>5</v>
       </c>
       <c r="G13" s="9">
         <v>61</v>
       </c>
       <c r="H13" s="9">
         <v>61</v>
       </c>
       <c r="I13" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="6">
         <v>3883</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>257</v>
       </c>
       <c r="D14" s="5" t="s">
@@ -11400,51 +11400,51 @@
       </c>
       <c r="E5" s="5" t="s">
         <v>134</v>
       </c>
       <c r="F5" s="9">
         <v>14</v>
       </c>
       <c r="G5" s="9">
         <v>236</v>
       </c>
       <c r="H5" s="9">
         <v>227</v>
       </c>
       <c r="I5" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="6">
         <v>6707</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>133</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F6" s="9">
         <v>10</v>
       </c>
       <c r="G6" s="9">
         <v>165</v>
       </c>
       <c r="H6" s="9">
         <v>165</v>
       </c>
       <c r="I6" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="6">