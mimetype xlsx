--- v0 (2025-12-08)
+++ v1 (2026-03-19)
@@ -7829,52 +7829,52 @@
         <v>2</v>
       </c>
       <c r="G213" s="9">
         <v>50</v>
       </c>
       <c r="H213" s="9">
         <v>50</v>
       </c>
       <c r="I213" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="4">
         <v>210</v>
       </c>
       <c r="B214" s="6">
         <v>3791</v>
       </c>
       <c r="C214" s="5" t="s">
         <v>281</v>
       </c>
       <c r="D214" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="E214" s="5" t="s">
-        <v>16</v>
+      <c r="E214" s="8" t="s">
+        <v>168</v>
       </c>
       <c r="F214" s="9">
         <v>2</v>
       </c>
       <c r="G214" s="9">
         <v>50</v>
       </c>
       <c r="H214" s="9">
         <v>50</v>
       </c>
       <c r="I214" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="4">
         <v>211</v>
       </c>
       <c r="B215" s="6">
         <v>7569</v>
       </c>
       <c r="C215" s="5" t="s">
         <v>282</v>
       </c>
       <c r="D215" s="5" t="s">