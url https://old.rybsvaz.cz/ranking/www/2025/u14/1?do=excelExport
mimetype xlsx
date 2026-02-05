--- v0 (2025-12-18)
+++ v1 (2026-02-05)
@@ -4495,51 +4495,51 @@
       </c>
       <c r="G98" s="9">
         <v>248</v>
       </c>
       <c r="H98" s="9">
         <v>193</v>
       </c>
       <c r="I98" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="4">
         <v>95</v>
       </c>
       <c r="B99" s="6">
         <v>7615</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>146</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="F99" s="9">
         <v>12</v>
       </c>
       <c r="G99" s="9">
         <v>192</v>
       </c>
       <c r="H99" s="9">
         <v>192</v>
       </c>
       <c r="I99" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>6122</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>147</v>
       </c>
       <c r="D100" s="5" t="s">