--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -4495,51 +4495,51 @@
       </c>
       <c r="G98" s="9">
         <v>248</v>
       </c>
       <c r="H98" s="9">
         <v>193</v>
       </c>
       <c r="I98" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="4">
         <v>95</v>
       </c>
       <c r="B99" s="6">
         <v>7615</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>146</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="F99" s="9">
         <v>12</v>
       </c>
       <c r="G99" s="9">
         <v>192</v>
       </c>
       <c r="H99" s="9">
         <v>192</v>
       </c>
       <c r="I99" s="9">
         <v>2</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="6">
         <v>6122</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>147</v>
       </c>
       <c r="D100" s="5" t="s">
@@ -7829,52 +7829,52 @@
         <v>2</v>
       </c>
       <c r="G213" s="9">
         <v>50</v>
       </c>
       <c r="H213" s="9">
         <v>50</v>
       </c>
       <c r="I213" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="4">
         <v>210</v>
       </c>
       <c r="B214" s="6">
         <v>3791</v>
       </c>
       <c r="C214" s="5" t="s">
         <v>281</v>
       </c>
       <c r="D214" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="E214" s="5" t="s">
-        <v>16</v>
+      <c r="E214" s="8" t="s">
+        <v>168</v>
       </c>
       <c r="F214" s="9">
         <v>2</v>
       </c>
       <c r="G214" s="9">
         <v>50</v>
       </c>
       <c r="H214" s="9">
         <v>50</v>
       </c>
       <c r="I214" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="4">
         <v>211</v>
       </c>
       <c r="B215" s="6">
         <v>7569</v>
       </c>
       <c r="C215" s="5" t="s">
         <v>282</v>
       </c>
       <c r="D215" s="5" t="s">